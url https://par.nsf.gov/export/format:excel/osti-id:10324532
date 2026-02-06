--- v0 (2026-01-17)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10324532</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3498703</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Layered and object-based game semantics</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Oliveira Vale, Arthur; Melliès, Paul-André; Shao, Zhong; Koenig, Jérémie; Stefanesco, Léo</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-01-16T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the ACM on Programming Languages</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>POPL</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1 to 32</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2475-1421</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Large-scale software verification relies critically on the use of compositional languages, semantic models, specifications, and verification techniques. Recent work on certified abstraction layers synthesizes game semantics, the refinement calculus, and algebraic effects to enable the composition of heterogeneous components into larger certified systems. However, in existing models of certified abstraction layers, compositionality is restricted by the lack of encapsulation of state.            In this paper, we present a novel game model for certified abstraction layers where the semantics of layer interfaces and implementations are defined solely based on their observable behaviors. Our key idea is to leverage Reddy's pioneer work on modeling the semantics of imperative languages not as functions on global states but as objects with their observable behaviors. We show that a layer interface can be modeled as an object type (i.e., a layer signature) plus an object strategy. A layer implementation is then essentially a regular map, in the sense of Reddy, from an object with the underlay signature to that with the overlay signature. A layer implementation is certified when its composition with the underlay object strategy implements the overlay object strategy. We also describe an extension that allows for non-determinism in layer interfaces.            After formulating layer implementations as regular maps between object spaces, we move to concurrency and design a notion of concurrent object space, where sequential traces may be identified modulo permutation of independent operations. We show how to express protected shared object concurrency, and a ticket lock implementation, in a simple model based on regular maps between concurrent object spaces.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1763399; 1521523; 2019285; 2118851</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>