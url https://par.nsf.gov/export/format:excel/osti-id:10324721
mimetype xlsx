--- v0 (2025-11-02)
+++ v1 (2026-02-04)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10324721</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Reduced, Reused and Recycled: The Life of a Dataset in Machine Learning Research</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Koch, Bernard; Denton, Emily; Hanna, Alex; Foster, Jacob G.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>Vanschoren, Joaquin; Yeung, Serena</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2021-12-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the Neural Information Processing Systems Track on Datasets and Benchmarks</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Benchmark datasets play a central role in the organization of machine learning research. They coordinate researchers around shared research problems and serve as a measure of progress towards shared goals. Despite the foundational role of benchmarking practices in this field, relatively little attention has been paid to the dynamics of benchmark dataset use and reuse, within or across machine learning subcommunities. In this paper, we dig into these dynamics. We study how dataset usage patterns differ across machine learning subcommunities and across time from 2015-2020. We find increasing concentration on fewer and fewer datasets within task communities, significant adoption of datasets from other tasks, and concentration across the field on datasets that have been introduced by researchers situated within a small number of elite institutions. Our results have implications for scientific evaluation, AI ethics, and equity/access within the field.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2124685</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>