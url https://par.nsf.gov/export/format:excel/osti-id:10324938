--- v0 (2025-11-01)
+++ v1 (2026-01-18)
@@ -122,51 +122,51 @@
   <si>
     <t/>
   </si>
   <si>
     <t>2022-02-23T05:00:00Z</t>
   </si>
   <si>
     <t>Communications of the American Mathematical Society</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>22 to 132</t>
   </si>
   <si>
     <t>2692-3688</t>
   </si>
   <si>
     <t>In studying the “11/8-Conjecture” on the Geography Problem in 4-dimensional topology, Furuta proposed a question on the existence of                                                                                          Pin                                              ⁡                                                                    (                      2                      )                                        \operatorname {Pin}(2)                                                              -equivariant stable maps between certain representation spheres. A precise answer of Furuta’s problem was later conjectured by Jones. In this paper, we completely resolve Jones conjecture by analyzing the                                                                                          Pin                                              ⁡                                                                    (                      2                      )                                        \operatorname {Pin}(2)                                                              -equivariant Mahowald invariants. As a geometric application of our result, we prove a “10/8+4”-Theorem.                                      We prove our theorem by analyzing maps between certain finite spectra arising from                                                                                          B                      Pin                                              ⁡                                                                    (                      2                      )                                        B\operatorname {Pin}(2)                                                              and various Thom spectra associated with it. To analyze these maps, we use the technique of cell diagrams, known results on the stable homotopy groups of spheres, and the                                                                    j                    j                                                              -based Atiyah–Hirzebruch spectral sequence.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1810917; 1810638; 1803766</t>
+    <t>1810917; 1810638; 1803766; 2313842</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>