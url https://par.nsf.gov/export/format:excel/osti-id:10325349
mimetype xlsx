--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10325349</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3487050</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Metacognition and Self-Regulation in Programming Education: Theories and Exemplars of Use</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Loksa, Dastyni; Margulieux, Lauren; Becker, Brett A.; Craig, Michelle; Denny, Paul; Pettit, Raymond; Prather, James</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-02-24T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>ACM Transactions on Computing Education</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1946-6226</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Metacognition and self-regulation are important skills for successful learning and have been discussed and researched extensively in the general education literature for several decades. More recently, there has been growing interest in understanding how metacognitive and self-regulatory skills contribute to student success in the context of computing education. This paper presents a thorough systematic review of metacognition and self-regulation work in the context of computer programming and an in-depth discussion of the theories that have been leveraged in some way. We also discuss several prominent metacognitive and self-regulation theories from the literature outside of computing education – for example, from psychology and education – that have yet to be applied in the context of programming education. In our investigation, we built a comprehensive corpus of papers on metacognition and self-regulation in programming education, and then employed backward snowballing to provide a deeper examination of foundational theories from outside computing education, some of which have been explored in programming education, and others that have yet to be but hold much promise. In addition, we make new observations about the way these theories are used by the computing education community, and present recommendations on how metacognition and self-regulation can help inform programming education in the future. In particular, we discuss exemplars of studies that have used existing theories to support their design and discussion of results as well as studies that have proposed their own metacognitive theories in the context of programming education. Readers will also find the article a useful resource for helping students in programming courses develop effective strategies for metacognition and self-regulation.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1941642</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>