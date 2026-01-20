--- v0 (2025-11-03)
+++ v1 (2026-01-20)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="38">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="43">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,84 +86,99 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10023672</t>
+    <t>10326235</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1371/journal.pone.0268394</t>
+  </si>
+  <si>
+    <t>Uncovering in vivo biochemical patterns from time-series metabolic dynamics</t>
+  </si>
+  <si>
+    <t>Wu, Yue; Judge, Michael T.; Edison, Arthur S.; Arnold, Jonathan</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>Bayesian optimization for automated model selection</t>
-[...14 lines deleted...]
-    <t>Despite the success of kernel-based nonparametric methods, kernel selection still requires considerable expertise, and is often described as a “black art.” We present a sophisticated method for automatically searching for an appropriate kernel from an infinite space of potential choices. Previous efforts in this direction have focused on traversing a kernel grammar, only examining the data via computation of marginal likelihood. Our proposed search method is based on Bayesian optimization in model space, where we reason about model evidence as a function to be maximized. We explicitly reason about the data distribution and how it induces similarity between potential model choices in terms of the explanations they can offer for observed data. In this light, we construct a novel kernel between models to explain a given dataset. Our method is capable of finding a model that explains a given dataset well without any human assistance, often with fewer computations of model evidence than previous approaches, a claim we demonstrate empirically.</t>
+    <t>Millet, Oscar</t>
+  </si>
+  <si>
+    <t>2022-05-12T04:00:00Z</t>
+  </si>
+  <si>
+    <t>PLOS ONE</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>e0268394</t>
+  </si>
+  <si>
+    <t>1932-6203</t>
+  </si>
+  <si>
+    <t>System biology relies on holistic biomolecule measurements, and untangling biochemical networks requires time-series metabolomics profiling. With current metabolomic approaches, time-series measurements can be taken for hundreds of metabolic features, which decode underlying metabolic regulation. Such a metabolomic dataset is untargeted with most features unannotated and inaccessible to statistical analysis and computational modeling. The high dimensionality of the metabolic space also causes mechanistic modeling to be rather cumbersome computationally. We implemented a faster exploratory workflow to visualize and extract chemical and biochemical dependencies. Time-series metabolic features (about 300 for each dataset) were extracted by Ridge Tracking-based Extract (RTExtract) on measurements from continuous              in vivo              monitoring of metabolism by NMR (CIVM-NMR) in              Neurospora crassa              under different conditions. The metabolic profiles were then smoothed and projected into lower dimensions, enabling a comparison of metabolic trends in the cultures. Next, we expanded incomplete metabolite annotation using a correlation network. Lastly, we uncovered meaningful metabolic clusters by estimating dependencies between smoothed metabolic profiles. We thus sidestepped the processes of time-consuming mechanistic modeling, difficult global optimization, and labor-intensive annotation. Multiple clusters guided insights into central energy metabolism and membrane synthesis. Dense connections with glucose 1-phosphate indicated its central position in metabolism in              N              .              crassa              . Our approach was benchmarked on simulated random network dynamics and provides a novel exploratory approach to analyzing high-dimensional metabolic dynamics.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1355406</t>
-[...5 lines deleted...]
-    <t>Conference Paper</t>
+    <t>2041546</t>
+  </si>
+  <si>
+    <t>2022</t>
+  </si>
+  <si>
+    <t>Journal Article</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -273,90 +288,96 @@
       </c>
       <c r="X1" t="s" s="1">
         <v>23</v>
       </c>
       <c r="Y1" t="s" s="1">
         <v>24</v>
       </c>
       <c r="Z1" t="s" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s" s="0">
         <v>26</v>
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="G2" t="s" s="0">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="H2" t="s" s="0">
-        <v>31</v>
-[...3 lines deleted...]
-      <c r="K2" s="0"/>
+        <v>33</v>
+      </c>
+      <c r="I2" t="s" s="0">
+        <v>34</v>
+      </c>
+      <c r="J2" t="s" s="0">
+        <v>35</v>
+      </c>
+      <c r="K2" t="s" s="0">
+        <v>36</v>
+      </c>
       <c r="L2" t="s" s="0">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="O2" t="s" s="0">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="P2" t="s" s="0">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="Q2" t="s" s="0">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="S2" t="s" s="0">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="W2" s="0"/>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>