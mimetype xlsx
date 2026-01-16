--- v0 (2026-01-16)
+++ v1 (2026-01-16)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="37">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,81 +86,93 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10357735</t>
+    <t>10326626</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1175/BAMS-D-21-0086.1</t>
+  </si>
+  <si>
+    <t>The Arctic</t>
+  </si>
+  <si>
+    <t>Druckenmiller, Matthew L.; Moon, Twila A.; Thoman, Richard L.; Ballinger, Thomas J.; Berner, Logan T.; Bernhard, Germar H.; Bhatt, Uma S.; Bjerke, Jarle W.; Box, Jason E.; Brown, R.; Cappelen, John; Christiansen, Hanne H.; Decharme, B.; Derksen, C.; Divine, Dmitry; Drozdov, D. S.; Elias Chereque, A.; Epstein, Howard E.; Farquharson, L. M.; Farrell, Sinead L.; Fausto, Robert S.; Fettweis, Xavier; Fioletov, Vitali E.; Forbes, Bruce C.; Frost, Gerald V.; Gargulinski, Emily; Gerland, Sebastian; Goetz, Scott J.; Grabinski, Z.; Grooß, Jens-Uwe; Haas, Christian; Hanna, Edward; Hanssen-Bauer, Inger; Hendricks, Stefan; Holmes, Robert M.; Ialongo, Iolanda; Isaksen, K.; Jain, Piyush; Johnsen, Bjørn; Kaleschke, L.; Kholodov, A. L.; Kim, Seong-Joong; Korsgaard, Niels J.; Labe, Zachary; Lakkala, Kaisa; Lara, Mark J.; Loomis, Bryant; Luojus, K.; Macander, Matthew J.; Malkova, G. V.; Mankoff, Kenneth D.; Manney, Gloria L.; McClelland, James W.; Meier, Walter N.; Mote, Thomas; Mudryk, L.; Müller, Rolf; Nyland, K. E.; Overland, James E.; Park, T.; Pavlova, Olga; Perovich, Don; Petty, Alek; Phoenix, Gareth K.; Raynolds, Martha K.; Reijmer, C. H.; Richter-Menge, Jacqueline; Ricker, Robert; Romanovsky, Vladimir E.; Scott, Lindsay; Shapiro, Hazel; Shiklomanov, Alexander I.; Shiklomanov, Nikolai I.; Smeets, C. J.; Smith, Sharon L.; Soja, Amber; Spencer, Robert G.; Starkweather, Sandy; Streletskiy, Dimitri A.; Suslova, Anya; Svendby, Tove; Tank, Suzanne E.; Tedesco, Marco; Tian-Kunze, X.; Timmermans, Mary-Louise; Tømmervik, Hans; Tretiakov, Mikhail; Tschudi, Mark; Vakhutinsky, Sofia; van As, Dirk; van de Wal, R. S.; Veraverbeke, Sander; Walker, Donald A.; Walsh, John E.; Wang, Muyin; Webster, Melinda; Winton, Øyvind; Wood, K.; York, Alison; Ziel, Robert</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>Benefits and Drawbacks of Adopting a Secure Programming Language: Rust as a Case Study</t>
-[...4 lines deleted...]
-  <si>
     <t>2021-08-01T04:00:00Z</t>
   </si>
   <si>
-    <t>Symposium on Usable Privacy and Security</t>
-[...2 lines deleted...]
-    <t>Programming languages such as Rust and Go were developed to combat common and potentially devastating memory safety-related vulnerabilities. But adoption of new, more secure languages can be fraught and complex. To better understand the benefits and challenges of adopting Rust in particular, we conducted semi-structured interviews with professional, primarily senior software developers who have worked with Rust on their teams or tried to introduce it (n = 16), and we deployed a survey to the Rust development community (n = 178). We asked participants about their personal experiences using Rust, as well as experiences using Rust at their companies. We find a range of positive features, including good tooling and documentation, benefits for the development lifecycle, and improvement of overall secure coding skills, as well as drawbacks including a steep learning curve, limited library support, and concerns about the ability to hire additional Rust developers in the future. Our results have implications for promoting the adoption of Rust specifically and secure programming languages and tools more generally.</t>
+    <t>Bulletin of the American Meteorological Society</t>
+  </si>
+  <si>
+    <t>102</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>S263 to S316</t>
+  </si>
+  <si>
+    <t>0003-0007</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1801545</t>
+    <t>1836377; 1950077; 2127271</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
-    <t>Conference Paper</t>
+    <t>Journal Article</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -270,88 +282,94 @@
       </c>
       <c r="X1" t="s" s="1">
         <v>23</v>
       </c>
       <c r="Y1" t="s" s="1">
         <v>24</v>
       </c>
       <c r="Z1" t="s" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s" s="0">
         <v>26</v>
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
-        <v>31</v>
-[...4 lines deleted...]
-      <c r="L2" s="0"/>
+        <v>32</v>
+      </c>
+      <c r="I2" t="s" s="0">
+        <v>33</v>
+      </c>
+      <c r="J2" t="s" s="0">
+        <v>34</v>
+      </c>
+      <c r="K2" t="s" s="0">
+        <v>35</v>
+      </c>
+      <c r="L2" t="s" s="0">
+        <v>36</v>
+      </c>
       <c r="M2" s="0"/>
-      <c r="N2" t="s" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="N2" s="0"/>
       <c r="O2" t="s" s="0">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="P2" t="s" s="0">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="Q2" t="s" s="0">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="S2" t="s" s="0">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="W2" s="0"/>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>