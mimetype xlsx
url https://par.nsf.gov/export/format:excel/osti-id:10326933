--- v0 (2025-11-01)
+++ v1 (2026-02-05)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10326933</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3390/s21155163</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Local Style Preservation in Improved GAN-Driven Synthetic Image Generation for Endoscopic Tool Segmentation</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Su, Yun-Hsuan; Jiang, Wenfan; Chitrakar, Digesh; Huang, Kevin; Peng, Haonan; Hannaford, Blake</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2021-08-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Sensors</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>5163</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1424-8220</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Accurate semantic image segmentation from medical imaging can enable intelligent vision-based assistance in robot-assisted minimally invasive surgery. The human body and surgical procedures are highly dynamic. While machine-vision presents a promising approach, sufficiently large training image sets for robust performance are either costly or unavailable. This work examines three novel generative adversarial network (GAN) methods of providing usable synthetic tool images using only surgical background images and a few real tool images. The best of these three novel approaches generates realistic tool textures while preserving local background content by incorporating both a style preservation and a content loss component into the proposed multi-level loss function. The approach is quantitatively evaluated, and results suggest that the synthetically generated training tool images enhance UNet tool segmentation performance. More specifically, with a random set of 100 cadaver and live endoscopic images from the University of Washington Sinus Dataset, the UNet trained with synthetically generated images using the presented method resulted in 35.7% and 30.6% improvement over using purely real images in mean Dice coefficient and Intersection over Union scores, respectively. This study is promising towards the use of more widely available and routine screening endoscopy to preoperatively generate synthetic training tool images for intraoperative UNet tool segmentation.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2101107</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>