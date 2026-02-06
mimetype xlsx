--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,185 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...60 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10328310</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1080/10400419.2021.2005858</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>The Mechanics of Dance: Using Parametric Equations as Inspiration for Dance Choreography</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Mendoza, Isabella; Will-Cole, Alexandria; Lamberson, Leslie</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2021-12-03T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Creativity Research Journal</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1 to 11</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1040-0419</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Lissajous figures are parametric equations that deconstruct into equations of simple harmonic motion. They were a source of inspiration by artists and mathematicians alike, well before the digital age, due to their esthetic forms and simple equations that could be easily deconstructed. Here for the first time in literature, we present Lissajous pattern analysis in the context of modern dance movement, thereby expanding the physical understanding of dance and redefining the creative choreographic process. Through the implementation of wearable sensors, specifically wireless accelerometers, we have collected movement data from professional dancers to serve as an additional lens to visualize dance in a novel way and to analyze dance mechanics. The resulting Lissajous figures from the movement phrases were used to both inform and inspire creativity in the choreographic process of the Artistic Director of the Bowen McCauley Dance Company to create a new piece of work entitled Lissajous.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1939838</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>