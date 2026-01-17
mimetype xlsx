--- v0 (2025-10-31)
+++ v1 (2026-01-17)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="38">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,85 +86,93 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10328615</t>
+    <t>10414850</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1038/s41524-022-00734-6</t>
+  </si>
+  <si>
+    <t>Recent advances and applications of deep learning methods in materials science</t>
+  </si>
+  <si>
+    <t>Choudhary, Kamal; DeCost, Brian; Chen, Chi; Jain, Anubhav; Tavazza, Francesca; Cohn, Ryan; Park, Cheol Woo; Choudhary, Alok; Agrawal, Ankit; Billinge, Simon J.; Holm, Elizabeth; Ong, Shyue Ping; Wolverton, Chris</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>GraphZeppelin: Storage-Friendly Sketching for Connected Components on Dynamic Graph Streams</t>
-[...15 lines deleted...]
-We present a new high-performance streaming graph-processing system for computing the connected components of a graph. This system, which we call GraphZeppelin, uses new linear sketching data structures (CubeSketch) to solve the streaming connected components problem and as a result requires space asymptotically smaller than the space required for a lossless representation of the graph. GraphZeppelin is optimized for massive dense graphs: GraphZeppelin can process millions of edge updates (both inser- tions and deletions) per second, even when the underlying graph is far too large to fit in available RAM. As a result GraphZeppelin vastly increases the scale of graphs that can be processed.</t>
+    <t>2022-12-01T05:00:00Z</t>
+  </si>
+  <si>
+    <t>npj Computational Materials</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>2057-3960</t>
+  </si>
+  <si>
+    <t>Abstract            Deep learning (DL) is one of the fastest-growing topics in materials data science, with rapidly emerging applications spanning atomistic, image-based, spectral, and textual data modalities. DL allows analysis of unstructured data and automated identification of features. The recent development of large materials databases has fueled the application of DL methods in atomistic prediction in particular. In contrast, advances in image and spectral data have largely leveraged synthetic data enabled by high-quality forward models as well as by generative unsupervised DL methods. In this article, we present a high-level overview of deep learning methods followed by a detailed discussion of recent developments of deep learning in atomistic simulation, materials imaging, spectral analysis, and natural language processing. For each modality we discuss applications involving both theoretical and experimental data, typical modeling approaches with their strengths and limitations, and relevant publicly available software and datasets. We conclude the review with a discussion of recent cross-cutting work related to uncertainty quantification in this field and a brief perspective on limitations, challenges, and potential growth areas for DL methods in materials science.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2106999; 2423105</t>
+    <t>1826218; 2053929</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
-    <t>Conference Paper</t>
+    <t>Journal Article</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -274,90 +282,94 @@
       </c>
       <c r="X1" t="s" s="1">
         <v>23</v>
       </c>
       <c r="Y1" t="s" s="1">
         <v>24</v>
       </c>
       <c r="Z1" t="s" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s" s="0">
         <v>26</v>
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
-        <v>31</v>
-[...2 lines deleted...]
-      <c r="J2" s="0"/>
+        <v>32</v>
+      </c>
+      <c r="I2" t="s" s="0">
+        <v>33</v>
+      </c>
+      <c r="J2" t="s" s="0">
+        <v>34</v>
+      </c>
       <c r="K2" s="0"/>
       <c r="L2" t="s" s="0">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="O2" t="s" s="0">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="P2" t="s" s="0">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="Q2" t="s" s="0">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="S2" t="s" s="0">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="W2" s="0"/>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>