--- v0 (2025-11-03)
+++ v1 (2026-02-06)
@@ -6,166 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="38">
-[...114 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -180,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10328930</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Modal analysis in curvilinear coordinates</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Parthasarathy, A.; Saxton-Fox, T.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2021-08-23T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>International Conference on Theoretical and Applied Mechanics  Proceedings</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1792-5460</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Modal analysis techniques have proven useful in understanding and modeling turbulent phenomena. However, these techniques are more efficient in parallel flows where Fourier transforms can be taken along homogeneous directions. We suggest that quasi-1D methods can be applied to mildly non-canonical flows by using a curvilinear coordinate system. For a given base flow, we identify a curvilinear coordinate system that allows the Fourier-transformed equations of motion to be simplified into a quasi-1D system that can be efficiently analyzed.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2118209</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>