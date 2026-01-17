--- v0 (2025-11-03)
+++ v1 (2026-01-17)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -125,57 +125,60 @@
   <si>
     <t>2021-07-08T04:00:00Z</t>
   </si>
   <si>
     <t>Proceedings of the ACM on Human-Computer Interaction</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>GROUP</t>
   </si>
   <si>
     <t>1 to 16</t>
   </si>
   <si>
     <t>2573-0142</t>
   </si>
   <si>
     <t>This design fiction re-imagines an important informational element of the flood early warning system in order to unpack some of the questionable assumptions that society makes about disaster. In presenting an updated, ironic, vision of an alternative system, we highlight some of the ways that received ideas about the root causes of disaster, who is responsible for public safety, and the role of private sector innovation, are so embedded in the design of technologies used in crisis management that they have become taken for granted. This work demonstrates the potential for design fiction to serve as a tool in the evaluation and critique of safety-critical information systems and as a communication tool for conveying the complex findings of disaster research. It also points to new avenues of exploration for crisis informatics work on public warning systems.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2105069</t>
+    <t>2105069; 2433527</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>Journal Article</t>
+  </si>
+  <si>
+    <t>ACM GROUP</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -334,47 +337,49 @@
       <c r="N2" t="s" s="0">
         <v>37</v>
       </c>
       <c r="O2" t="s" s="0">
         <v>38</v>
       </c>
       <c r="P2" t="s" s="0">
         <v>39</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
         <v>40</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
         <v>41</v>
       </c>
-      <c r="W2" s="0"/>
+      <c r="W2" t="s" s="0">
+        <v>42</v>
+      </c>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>