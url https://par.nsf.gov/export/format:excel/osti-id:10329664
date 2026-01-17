--- v0 (2025-11-02)
+++ v1 (2026-01-17)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,100 +86,96 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10369024</t>
-[...8 lines deleted...]
-    <t>Camus, M. Florencia (ORCID:0000000306266865); Alexander-Lawrie, Bridie; Sharbrough, Joel (ORCID:0000000236421662); Hurst, Gregory D. D. (ORCID:0000000271637784)</t>
+    <t>10329664</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1093/mnras/staa3002</t>
+  </si>
+  <si>
+    <t>Nuclear burning in collapsar accretion discs</t>
+  </si>
+  <si>
+    <t>Zenati, Yossef; Siegel, Daniel M; Metzger, Brian D; Perets, Hagai B</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2022-05-07T04:00:00Z</t>
-[...18 lines deleted...]
- &lt;p&gt;Most heritable information in eukaryotic cells is encoded in the nuclear genome, with inheritance patterns following classic Mendelian segregation. Genomes residing in the cytoplasm, however, prove to be a peculiar exception to this rule. Cytoplasmic genetic elements are generally maternally inherited, although there are several exceptions where these are paternally, biparentally or doubly-uniparentally inherited. In this review, we examine the diversity and peculiarities of cytoplasmically inherited genomes, and the broad evolutionary consequences that non-Mendelian inheritance brings. We first explore the origins of vertical transmission and uniparental inheritance, before detailing the vast diversity of cytoplasmic inheritance systems across Eukaryota. We then describe the evolution of genomic organisation across lineages, how this process has been shaped by interactions with the nuclear genome and population genetics dynamics. Finally, we discuss how both nuclear and cytoplasmic genomes have evolved to co-inhabit the same host cell via one of the longest symbiotic processes, and all the opportunities for intergenomic conflict that arise due to divergence in inheritance patterns. In sum, we cannot understand the evolution of eukaryotes without understanding hereditary symbiosis.&lt;/p&gt;</t>
+    <t>2020-10-30T04:00:00Z</t>
+  </si>
+  <si>
+    <t>Monthly Notices of the Royal Astronomical Society</t>
+  </si>
+  <si>
+    <t>499</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>4097 to 4113</t>
+  </si>
+  <si>
+    <t>0035-8711</t>
+  </si>
+  <si>
+    <t>ABSTRACT            The core collapse of massive, rapidly-rotating stars are thought to be the progenitors of long-duration gamma-ray bursts (GRB) and their associated hyperenergetic supernovae (SNe). At early times after the collapse, relatively low angular momentum material from the infalling stellar envelope will circularize into an accretion disc located just outside the black hole horizon, resulting in high accretion rates necessary to power a GRB jet. Temperatures in the disc mid-plane at these small radii are sufficiently high to dissociate nuclei, while outflows from the disc can be neutron-rich and may synthesize r-process nuclei. However, at later times, and for high progenitor angular momentum, the outer layers of the stellar envelope can circularize at larger radii ≳ 107 cm, where nuclear reactions can take place in the disc mid-plane (e.g. 4He + 16O → 20Ne + γ). Here we explore the effects of nuclear burning on collapsar accretion discs and their outflows by means of hydrodynamical α-viscosity torus simulations coupled to a 19-isotope nuclear reaction network, which are designed to mimic the late infall epochs in collapsar evolution when the viscous time of the torus has become comparable to the envelope fall-back time. Our results address several key questions, such as the conditions for quiescent burning and accretion versus detonation and the generation of 56Ni in disc outflows, which we show could contribute significantly to powering GRB SNe. Being located in the slowest, innermost layers of the ejecta, the latter could provide the radioactive heating source necessary to make the spectral signatures of r-process elements visible in late-time GRB-SNe spectra.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1829176; 2145811</t>
-[...2 lines deleted...]
-    <t>2022</t>
+    <t>2002577</t>
+  </si>
+  <si>
+    <t>2020</t>
   </si>
   <si>
     <t>Journal Article</t>
-  </si>
-[...1 lines deleted...]
-    <t>Nature Publishing Group</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -338,49 +334,47 @@
       <c r="N2" t="s" s="0">
         <v>37</v>
       </c>
       <c r="O2" t="s" s="0">
         <v>38</v>
       </c>
       <c r="P2" t="s" s="0">
         <v>39</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
         <v>40</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
         <v>41</v>
       </c>
-      <c r="W2" t="s" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="W2" s="0"/>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>