--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10330049</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3471485.3471488</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>A Framework for Adversarially Robust Streaming Algorithms</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Ben-Eliezer, Omri; Jayaram, Rajesh; Woodruff, David P.; Yogev, Eylon</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2021-06-15T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>ACM SIGMOD Record</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>50</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>6 to 13</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0163-5808</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>We investigate the adversarial robustness of streaming algorithms. In this context, an algorithm is considered robust if its performance guarantees hold even if the stream is chosen adaptively by an adversary that observes the outputs of the algorithm along the stream and can react in an online manner. While deterministic streaming algorithms are inherently robust, many central problems in the streaming literature do not admit sublinear-space deterministic algorithms; on the other hand, classical space-efficient randomized algorithms for these problems are generally not adversarially robust. This raises the natural question of whether there exist efficient adversarially robust (randomized) streaming algorithms for these problems.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1815840</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>