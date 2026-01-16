--- v0 (2025-11-02)
+++ v1 (2026-01-16)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -95,84 +95,87 @@
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>10330305</t>
   </si>
   <si>
     <t>https://doi.org/10.1073/pnas.2110283119</t>
   </si>
   <si>
     <t>Distinguishing the molecular diversity, nutrient content, and energetic potential of exometabolomes produced by macroalgae and reef-building corals</t>
   </si>
   <si>
-    <t>Wegley Kelly, Linda; Nelson, Craig E.; Petras, Daniel; Koester, Irina; Quinlan, Zachary A.; Arts, Milou G.I.; Nothias, Louis-Felix; Comstock, Jacqueline; White, Brandie M.; Hopmans, Ellen C.; van Duyl, Fleur C.; Carlson, Craig A.; Aluwihare, Lihini I.; Dorrestein, Pieter C.; Haas, Andreas F.</t>
+    <t>Wegley_Kelly, Linda; Nelson, Craig E.; Petras, Daniel; Koester, Irina; Quinlan, Zachary A.; Arts, Milou G.I.; Nothias, Louis-Felix; Comstock, Jacqueline; White, Brandie M.; Hopmans, Ellen C.; van_Duyl, Fleur C; Carlson, Craig A.; Aluwihare, Lihini I.; Dorrestein, Pieter C.; Haas, Andreas F.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2022-02-01T05:00:00Z</t>
   </si>
   <si>
     <t>Proceedings of the National Academy of Sciences</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>0027-8424</t>
   </si>
   <si>
     <t>Metabolites exuded by primary producers comprise a significant fraction of marine dissolved organic matter, a poorly characterized, heterogenous mixture that dictates microbial metabolism and biogeochemical cycling. We present a foundational untargeted molecular analysis of exudates released by coral reef primary producers using liquid chromatography–tandem mass spectrometry to examine compounds produced by two coral species and three types of algae (macroalgae, turfing microalgae, and crustose coralline algae [CCA]) from Mo’orea, French Polynesia. Of 10,568 distinct ion features recovered from reef and mesocosm waters, 1,667 were exuded by producers; the majority (86%) were organism specific, reflecting a clear divide between coral and algal exometabolomes. These data allowed us to examine two tenets of coral reef ecology at the molecular level. First, stoichiometric analyses show a significantly reduced nominal carbon oxidation state of algal exometabolites than coral exometabolites, illustrating one ecological mechanism by which algal phase shifts engender fundamental changes in the biogeochemistry of reef biomes. Second, coral and algal exometabolomes were differentially enriched in organic macronutrients, revealing a mechanism for reef nutrient-recycling. Coral exometabolomes were enriched in diverse sources of nitrogen and phosphorus, including tyrosine derivatives, oleoyl-taurines, and acyl carnitines. Exometabolites of CCA and turf algae were significantly enriched in nitrogen with distinct signals from polyketide macrolactams and alkaloids, respectively. Macroalgal exometabolomes were dominated by nonnitrogenous compounds, including diverse prenol lipids and steroids. This study provides molecular-level insights into biogeochemical cycling on coral reefs and illustrates how changing benthic cover on reefs influences reef water chemistry with implications for microbial metabolism.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1637396; 2118617; 1949033; 2023707; 2118618</t>
+    <t>1637396; 2118617; 1949033; 2023707; 2118618; 2023298</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>Journal Article</t>
+  </si>
+  <si>
+    <t>National Academies Press</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -329,47 +332,49 @@
       <c r="N2" t="s" s="0">
         <v>36</v>
       </c>
       <c r="O2" t="s" s="0">
         <v>37</v>
       </c>
       <c r="P2" t="s" s="0">
         <v>38</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
         <v>39</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
         <v>40</v>
       </c>
-      <c r="W2" s="0"/>
+      <c r="W2" t="s" s="0">
+        <v>41</v>
+      </c>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>