--- v0 (2025-10-30)
+++ v1 (2026-01-21)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,90 +86,93 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10330502</t>
-[...8 lines deleted...]
-    <t>Kerans, Charles; Zahm, Chris; Bachtel, Steven L.; Hearty, Paul; Cheng, Hai</t>
+    <t>10426865</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.2166/wh.2022.319</t>
+  </si>
+  <si>
+    <t>Status, social norms, or safety? understanding intended and reported bottled water use in Urban Mashhad, Iran</t>
+  </si>
+  <si>
+    <t>Mir Mohamad Tabar, Seyed Ahmad; Brewis, Alexandra; Sohrabi, Maryam</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2019-02-01T05:00:00Z</t>
-[...14 lines deleted...]
-    <t>0277-3791</t>
+    <t>2022-12-19T05:00:00Z</t>
+  </si>
+  <si>
+    <t>Journal of Water and Health</t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>81 to 93</t>
+  </si>
+  <si>
+    <t>1477-8920</t>
+  </si>
+  <si>
+    <t>Abstract            Personal plastic-bottled water use is highly commodified, raising an array of cost and environmental concerns, and continues to grow globally. Studies in lower-income nations suggest safety as a primary motivation for such water purchases, but studies in high-income nations with greater relative affordability suggest it is more tied to socially situated consumer decisions like status and aesthetics. Here, we consider what motivates bottled water use in an urban city (Mashhad) in a middle-income predominantly Muslim country (Iran), where there is a likely intersection of safety (due to contamination), social norms, and status concerns. Surveys were collected with a random population-representative sample of resident adults from discrete households (n = 970). Structured equation modeling testing the relative effects on reported bottled water intentions and use shows that all these factors are shaping people's decisions. Both higher- and lower-income residents’ responses suggest that status and social norms considerably influence intentions to use. Overall, even despite real safety issues with tap water, social norms and status concerns seem to weigh more heavily on residents’ decisions to drink bottled water.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1855381</t>
-[...2 lines deleted...]
-    <t>2019</t>
+    <t>1759972</t>
+  </si>
+  <si>
+    <t>2022</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
@@ -306,70 +309,72 @@
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
       <c r="I2" t="s" s="0">
         <v>33</v>
       </c>
       <c r="J2" t="s" s="0">
         <v>34</v>
       </c>
       <c r="K2" t="s" s="0">
         <v>35</v>
       </c>
       <c r="L2" t="s" s="0">
         <v>36</v>
       </c>
       <c r="M2" s="0"/>
-      <c r="N2" s="0"/>
+      <c r="N2" t="s" s="0">
+        <v>37</v>
+      </c>
       <c r="O2" t="s" s="0">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="P2" t="s" s="0">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="W2" s="0"/>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>