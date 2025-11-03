--- v0 (2025-11-02)
+++ v1 (2025-11-03)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,97 +86,90 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10362106</t>
-[...8 lines deleted...]
-    <t>Liu, Yanchao (ORCID:0000000232569336)</t>
+    <t>10330796</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1103/PhysRevD.104.122002</t>
+  </si>
+  <si>
+    <t>Diffuse supernova neutrino background search at Super-Kamiokande</t>
+  </si>
+  <si>
+    <t>Abe, K.; Bronner, C.; Hayato, Y.; Hiraide, K.; Ikeda, M.; Imaizumi, S.; Kameda, J.; Kanemura, Y.; Kataoka, Y.; Miki, S.; Miura, M.; Moriyama, S.; Nagao, Y.; Nakahata, M.; Nakayama, S.; Okada, T.; Okamoto, K.; Orii, A.; Pronost, G.; Sekiya, H.; Shiozawa, M.; Sonoda, Y.; Suzuki, Y.; Takeda, A.; Takemoto, Y.; Takenaka, A.; Tanaka, H.; Watanabe, S.; Yano, T.; Han, S.; Kajita, T.; Okumura, K.; Tashiro, T.; Xia, J.; Megias, G. D.; Bravo-Berguño, D.; Labarga, L.; Marti, Ll.; Zaldivar, B.; Pointon, B. W.; Blaszczyk, F. d. M.; Kearns, E.; Raaf, J. L.; Stone, J. L.; Wan, L.; Wester, T.; Bian, J.; Griskevich, N. J.; Kropp, W. R.; Locke, S.; Mine, S.; Smy, M. B.; Sobel, H. W.; Takhistov, V.; Hill, J.; Kim, J. Y.; Lim, I. T.; Park, R. G.; Bodur, B.; Scholberg, K.; Walter, C. W.; Cao, S.; Bernard, L.; Coffani, A.; Drapier, O.; El Hedri, S.; Giampaolo, A.; Gonin, M.; Mueller, Th. A.; Paganini, P.; Quilain, B.; Ishizuka, T.; Nakamura, T.; Jang, J. S.; Learned, J. G.; Anthony, L. H. V.; Martin, D.; Scott, M.; Sztuc, A. A.; Uchida, Y.; Berardi, V.; Catanesi, M. G.; Radicioni, E.; Calabria, N. F.; Machado, L. N.; De Rosa, G.; Collazuol, G.; Iacob, F.; Lamoureux, M.; Mattiazzi, M.; Ospina, N.; Ludovici, L.; Maekawa, Y.; Nishimura, Y.; Friend, M.; Hasegawa, T.; Ishida, T.; Kobayashi, T.; Jakkapu, M.; Matsubara, T.; Nakadaira, T.; Nakamura, K.; Oyama, Y.; Sakashita, K.; Sekiguchi, T.; Tsukamoto, T.; Kotsar, Y.; Nakano, Y.; Ozaki, H.; Shiozawa, T.; Suzuki, A. T.; Takeuchi, Y.; Yamamoto, S.; Ali, A.; Ashida, Y.; Feng, J.; Hirota, S.; Kikawa, T.; Mori, M.; Nakaya, T.; Wendell, R. A.; Yasutome, K.; Fernandez, P.; McCauley, N.; Mehta, P.; Tsui, K. M.; Fukuda, Y.; Itow, Y.; Menjo, H.; Niwa, T.; Sato, K.; Tsukada, M.; Lagoda, J.; Lakshmi, S. M.; Mijakowski, P.; Zalipska, J.; Jiang, J.; Jung, C. K.; Vilela, C.; Wilking, M. J.; Yanagisawa, C.; Hagiwara, K.; Harada, M.; Horai, T.; Ishino, H.; Ito, S.; Kitagawa, H.; Koshio, Y.; Ma, W.; Piplani, N.; Sakai, S.; Barr, G.; Barrow, D.; Cook, L.; Goldsack, A.; Samani, S.; Wark, D.; Nova, F.; Boschi, T.; Di Lodovico, F.; Gao, J.; Migenda, J.; Taani, M.; Zsoldos, S.; Yang, J. Y.; Jenkins, S. J.; Malek, M.; McElwee, J. M.; Stone, O.; Thiesse, M. D.; Thompson, L. F.; Okazawa, H.; Kim, S. B.; Seo, J. W.; Yu, I.; Nishijima, K.; Koshiba, M.; Iwamoto, K.; Nakagiri, K.; Nakajima, Y.; Ogawa, N.; Yokoyama, M.; Martens, K.; Vagins, M. R.; Kuze, M.; Izumiyama, S.; Yoshida, T.; Inomoto, M.; Ishitsuka, M.; Ito, H.; Kinoshita, T.; Matsumoto, R.; Ohta, K.; Shinoki, M.; Suganuma, T.; Ichikawa, A. K.; Nakamura, K.; Martin, J. F.; Tanaka, H. A.; Towstego, T.; Akutsu, R.; Gousy-Leblanc, V.; Hartz, M.; Konaka, A.; de Perio, P.; Prouse, N. W.; Chen, S.; Xu, B. D.; Zhang, Y.; Posiadala-Zezula, M.; Hadley, D.; O’Flaherty, M.; Richards, B.; Jamieson, B.; Walker, J.; Minamino, A.; Okamoto, K.; Pintaudi, G.; Sano, S.; Sasaki, R.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2022-01-24T05:00:00Z</t>
-[...15 lines deleted...]
- &lt;p&gt;The p-center location problem in an area is an important yet very difficult problem in location science. The objective is to determine the location of p hubs within a service area so that the distance from any point in the area to its nearest hub is as small as possible. While effective heuristic methods exist for finding good feasible solutions, research work that probes the lower bound of the problem’s objective value is still limited. This paper presents an iterative solution framework along with two optimization-based heuristics for computing and improving the lower bound, which is at the core of the problem’s difficulty. One method obtains the lower bound via solving the discrete version of the Euclidean p-center problem, and the other via solving a relatively easier clustering problem. Both methods have been validated in various test cases, and their performances can serve as a benchmark for future methodological improvements.&lt;/p&gt;</t>
+    <t>2021-12-01T05:00:00Z</t>
+  </si>
+  <si>
+    <t>Physical Review D</t>
+  </si>
+  <si>
+    <t>104</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>2470-0010</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1944068</t>
-[...2 lines deleted...]
-    <t>2022</t>
+    <t>2013073</t>
+  </si>
+  <si>
+    <t>2021</t>
   </si>
   <si>
     <t>Journal Article</t>
-  </si>
-[...1 lines deleted...]
-    <t>Springer Science + Business Media</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -308,74 +301,70 @@
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
       <c r="I2" t="s" s="0">
         <v>33</v>
       </c>
       <c r="J2" t="s" s="0">
         <v>34</v>
       </c>
       <c r="K2" s="0"/>
       <c r="L2" t="s" s="0">
         <v>35</v>
       </c>
       <c r="M2" s="0"/>
-      <c r="N2" t="s" s="0">
+      <c r="N2" s="0"/>
+      <c r="O2" t="s" s="0">
         <v>36</v>
       </c>
-      <c r="O2" t="s" s="0">
+      <c r="P2" t="s" s="0">
         <v>37</v>
       </c>
-      <c r="P2" t="s" s="0">
+      <c r="Q2" t="s" s="0">
+        <v>30</v>
+      </c>
+      <c r="R2" t="s" s="0">
         <v>38</v>
-      </c>
-[...4 lines deleted...]
-        <v>39</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>40</v>
-[...3 lines deleted...]
-      </c>
+        <v>39</v>
+      </c>
+      <c r="W2" s="0"/>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>