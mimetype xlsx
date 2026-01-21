--- v0 (2025-11-01)
+++ v1 (2026-01-21)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,93 +86,97 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10331538</t>
-[...8 lines deleted...]
-    <t>Porfiriev, B. N.; Eliseev, D. O.; Streletskiy, D. A.</t>
+    <t>10361759</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1002/smtd.202100900</t>
+  </si>
+  <si>
+    <t>Epidermis‐Inspired Wearable Piezoresistive Pressure Sensors Using Reduced Graphene Oxide Self‐Wrapped Copper Nanowire Networks</t>
+  </si>
+  <si>
+    <t>Zhu, Yangzhi [Terasaki Institute for Biomedical Innovation  Los Angeles CA 90064 USA] (ORCID:0000000329203365); Hartel, Martin C. [Terasaki Institute for Biomedical Innovation  Los Angeles CA 90064 USA, Department of Bioengineering University of California  Los Angeles CA 90095 USA]; Yu, Ning [Department of Chemical and Environmental Engineering Bourns College of Engineering University of California  Riverside CA 92521 USA]; Garrido, Pamela Rosario [Terasaki Institute for Biomedical Innovation  Los Angeles CA 90064 USA, Department of Electric and Electronic Engineering Technological Institute of Merida  Merida Yucatan 97118 Mexico]; Kim, Sanggon [Department of Chemical and Environmental Engineering Bourns College of Engineering University of California  Riverside CA 92521 USA]; Lee, Junmin [Terasaki Institute for Biomedical Innovation  Los Angeles CA 90064 USA, Department of Materials Science and Engineering Pohang University of Science and Technology (POSTECH)  Pohang 37673 Republic of Korea]; Bandaru, Praveen [Terasaki Institute for Biomedical Innovation  Los Angeles CA 90064 USA]; Guan, Shenghan [Terasaki Institute for Biomedical Innovation  Los Angeles CA 90064 USA]; Lin, Haisong [Terasaki Institute for Biomedical Innovation  Los Angeles CA 90064 USA, Department of Bioengineering University of California  Los Angeles CA 90095 USA]; Emaminejad, Sam [Terasaki Institute for Biomedical Innovation  Los Angeles CA 90064 USA, Department of Bioengineering University of California  Los Angeles CA 90095 USA]; de Barros, Natan Roberto [Terasaki Institute for Biomedical Innovation  Los Angeles CA 90064 USA]; Ahadian, Samad [Terasaki Institute for Biomedical Innovation  Los Angeles CA 90064 USA]; Kim, Han‐Jun [Terasaki Institute for Biomedical Innovation  Los Angeles CA 90064 USA]; Sun, Wujin [Terasaki Institute for Biomedical Innovation  Los Angeles CA 90064 USA, Department of Biological Systems Engineering, Virginia Tech  Blacksburg VA 24061 USA]; Jucaud, Vadim [Terasaki Institute for Biomedical Innovation  Los Angeles CA 90064 USA]; Dokmeci, Mehmet R. [Terasaki Institute for Biomedical Innovation  Los Angeles CA 90064 USA]; Weiss, Paul S. [Department of Bioengineering University of California  Los Angeles CA 90095 USA, Department of Chemistry and Biochemistry Department of Materials Science and Engineering and California NanoSystems Institute University of California  Los Angeles CA 90095 USA]; Yan, Ruoxue [Department of Chemical and Environmental Engineering Bourns College of Engineering University of California  Riverside CA 92521 USA, Materials Science and Engineering Program Bourns College of Engineering University of California  Riverside CA 92521 USA]; Khademhosseini, Ali [Terasaki Institute for Biomedical Innovation  Los Angeles CA 90064 USA] (ORCID:0000000226921524)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2021-11-01T04:00:00Z</t>
-[...5 lines deleted...]
-    <t>91</t>
+    <t>2021-12-15T05:00:00Z</t>
+  </si>
+  <si>
+    <t>Small Methods</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>677 to 686</t>
-[...2 lines deleted...]
-    <t>1019-3316</t>
+    <t>1</t>
+  </si>
+  <si>
+    <t>2366-9608</t>
+  </si>
+  <si>
+    <t>&lt;title&gt;Abstract&lt;/title&gt;
+ &lt;p&gt;Wearable piezoresistive sensors are being developed as electronic skins (E‐skin) for broad applications in human physiological monitoring and soft robotics. Tactile sensors with sufficient sensitivities, durability, and large dynamic ranges are required to replicate this critical component of the somatosensory system. Multiple micro/nanostructures, materials, and sensing modalities have been reported to address this need. However, a trade‐off arises between device performance and device complexity. Inspired by the microstructure of the spinosum at the dermo epidermal junction in skin, a low‐cost, scalable, and high‐performance piezoresistive sensor is developed with high sensitivity (0.144 kPa&lt;sup&gt;‐1&lt;/sup&gt;), extensive sensing range ( 0.1–15 kPa), fast response time (less than 150 ms), and excellent long‐term stability (over 1000 cycles). Furthermore, the piezoresistive functionality of the device is realized via a flexible transparent electrode (FTE) using a highly stable reduced graphene oxide self‐wrapped copper nanowire network. The developed nanowire‐based spinosum microstructured FTEs are amenable to wearable electronics applications.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2019691; 2022504; 2022599</t>
+    <t>1654794</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>Journal Article</t>
+  </si>
+  <si>
+    <t>Wiley Blackwell (John Wiley &amp; Sons)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -299,77 +303,79 @@
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
       <c r="I2" t="s" s="0">
         <v>33</v>
       </c>
       <c r="J2" t="s" s="0">
         <v>34</v>
       </c>
-      <c r="K2" t="s" s="0">
+      <c r="K2" s="0"/>
+      <c r="L2" t="s" s="0">
         <v>35</v>
       </c>
-      <c r="L2" t="s" s="0">
+      <c r="M2" s="0"/>
+      <c r="N2" t="s" s="0">
         <v>36</v>
       </c>
-      <c r="M2" s="0"/>
-      <c r="N2" s="0"/>
       <c r="O2" t="s" s="0">
         <v>37</v>
       </c>
       <c r="P2" t="s" s="0">
         <v>38</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
         <v>39</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
         <v>40</v>
       </c>
-      <c r="W2" s="0"/>
+      <c r="W2" t="s" s="0">
+        <v>41</v>
+      </c>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>