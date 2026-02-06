--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,164 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="37">
-[...112 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -178,181 +65,306 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10333175</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Online Multivalid Learning: Means, Moments, and Prediction Intervals</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Varun Gupta; Christopher Jung; Georgy Noarov; Mallesh M. Pai; Aaron Roth</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Innovations in Theoretical Computer Science (ITCS)</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>We present a general, efficient technique for providing contextual predictions that are "multivalid" in various senses, against an online sequence of adversarially chosen examples (x,y). This means that the resulting estimates correctly predict various statistics of the labels y not just marginally --- as averaged over the sequence of examples --- but also conditionally on x in G for any G belonging to an arbitrary intersecting collection of groups.
+We provide three instantiations of this framework. The first is mean prediction, which corresponds to an online algorithm satisfying the notion of multicalibration from Hebert-Johnson et al. The second is variance and higher moment prediction, which corresponds to an online algorithm satisfying the notion of mean-conditioned moment multicalibration from Jung et al. Finally, we define a new notion of prediction interval multivalidity, and give an algorithm for finding prediction intervals which satisfy it. Because our algorithms handle adversarially chosen examples, they can equally well be used to predict statistics of the residuals of arbitrary point prediction methods, giving rise to very general techniques for quantifying the uncertainty of predictions of black box algorithms, even in an online adversarial setting. When instantiated for prediction intervals, this solves a similar problem as conformal prediction, but in an adversarial environment and with multivalidity guarantees stronger than simple marginal coverage guarantees.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1763307</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>