--- v0 (2025-11-03)
+++ v1 (2026-02-07)
@@ -6,163 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="37">
-[...111 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -177,181 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10333382</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Adaptive Machine Unlearning</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Varun Gupta; Christopher Jung; Seth Neel; Aaron Roth; Saeed Sharifi-Malvajerdi; Chris Waites</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2021-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Neural Information Processing Systems (NeurIPS)</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Data deletion algorithms aim to remove the influence of deleted data points from trained models at a cheaper computational cost than fully retraining those models. However, for sequences of deletions, most prior work in the non-convex setting gives valid guarantees only for sequences that are chosen independently of the models that are published. If people choose to delete their data as a function of the published models (because they don't like what the models reveal about them, for example), then the update sequence is adaptive. In this paper, we give a general reduction from deletion guarantees against adaptive sequences to deletion guarantees against non-adaptive sequences, using differential privacy and its connection to max information. Combined with ideas from prior work which give guarantees for non-adaptive deletion sequences, this leads to extremely flexible algorithms able to handle arbitrary model classes and training methodologies, giving strong provable deletion guarantees for adaptive deletion sequences. We show in theory how prior work for non-convex models fails against adaptive deletion sequences, and use this intuition to design a practical attack against the SISA algorithm of Bourtoule et al. [2021] on CIFAR-10, MNIST, Fashion-MNIST.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1763314</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>