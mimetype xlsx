--- v0 (2025-11-02)
+++ v1 (2026-01-18)
@@ -125,51 +125,51 @@
   <si>
     <t>2023-12-21T05:00:00Z</t>
   </si>
   <si>
     <t>International Mathematics Research Notices</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>2206.01260</t>
   </si>
   <si>
     <t>1073-7928</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;We propose a new approach to deriving quantitative mean field approximations for any probability measure $P$ on $\mathbb {R}^{n}$ with density proportional to $e^{f(x)}$, for $f$ strongly concave. We bound the mean field approximation for the log partition function $\log \int e^{f(x)}dx$ in terms of $\sum _{i \neq j}\mathbb {E}_{Q^{*}}|\partial _{ij}f|^{2}$, for a semi-explicit probability measure $Q^{*}$ characterized as the unique mean field optimizer, or equivalently as the minimizer of the relative entropy $H(\cdot \,|\,P)$ over product measures. This notably does not involve metric-entropy or gradient-complexity concepts which are common in prior work on nonlinear large deviations. Three implications are discussed, in the contexts of continuous Gibbs measures on large graphs, high-dimensional Bayesian linear regression, and the construction of decentralized near-optimizers in high-dimensional stochastic control problems. Our arguments are based primarily on functional inequalities and the notion of displacement convexity from optimal transport.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2045328</t>
+    <t>2045328; 2113414</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>