--- v0 (2025-11-03)
+++ v1 (2026-01-21)
@@ -95,78 +95,78 @@
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>10333621</t>
   </si>
   <si>
     <t>https://doi.org/10.1016/j.jmps.2021.104727</t>
   </si>
   <si>
     <t>Dual-scale porosity effects on crack growth in additively manufactured metals: 3D ductile fracture models</t>
   </si>
   <si>
-    <t>Muro-Barrios, R.; Cui, Y.; Lambros, J.; Chew, H.B.</t>
+    <t>Muro-Barrios, R; Cui, Y; Lambros, J; Chew, HB</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2022-02-01T05:00:00Z</t>
   </si>
   <si>
     <t>Journal of the Mechanics and Physics of Solids</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
     <t>C</t>
   </si>
   <si>
     <t>104727</t>
   </si>
   <si>
     <t>0022-5096</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2009684</t>
+    <t>2009684; 2027082</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>