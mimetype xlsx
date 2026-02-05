--- v0 (2025-11-03)
+++ v1 (2026-02-05)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10333823</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3847/1538-3881/ac1798</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Double-lined Spectroscopic Binaries in the APOGEE DR16 and DR17 Data</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Kounkel, Marina; Covey, Kevin R.; Stassun, Keivan G.; Price-Whelan, Adrian M.; Holtzman, Jon; Chojnowski, Drew; Longa-Peña, Penélope; Román-Zúñiga, Carlos G.; Hernandez, Jesus; Serna, Javier; Badenes, Carles; De Lee, Nathan; Majewski, Steven; Stringfellow, Guy S.; Kratter, Kaitlin M.; Moe, Maxwell; Frinchaboy, Peter M.; Beaton, Rachael L.; Fernández-Trincado, José G.; Mahadevan, Suvrath; Minniti, Dante; Beers, Timothy C.; Schneider, Donald P.; Barba, Rodolfo; Brownstein, Joel R.; García-Hernández, Domingo Aníbal; Pan, Kaike; Bizyaev, Dmitry</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2021-10-08T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>The Astronomical Journal</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>162</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>184</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0004-6256</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Abstract                          APOGEE spectra offer ≲1 km s              −1              precision in the measurement of stellar radial velocities. This holds even when multiple stars are captured in the same spectrum, as happens most commonly with double-lined spectroscopic binaries (SB2s), although random line-of-sight alignments of unrelated stars can also occur. We develop a code that autonomously identifies SB2s and higher order multiples in the APOGEE spectra, resulting in 7273 candidate SB2s, 813 SB3s, and 19 SB4s. We estimate the mass ratios of binaries, and for a subset of these systems with a sufficient number of measurements we perform a complete orbital fit, confirming that most systems with periods of &lt;10 days have circularized. Overall, we find an SB2 fraction (              F              SB2              ) ∼ 3% among main-sequence dwarfs, and that there is not a significant trend in              F              SB2              with temperature of a star. We are also able to recover a higher              F              SB2              in sources with lower metallicity, however there are some observational biases. We also examine light curves from TESS to determine which of these spectroscopic binaries are also eclipsing. Such systems, particularly those that are also pre- and post-main sequence, are good candidates for a follow-up analysis to determine their masses and temperatures.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1715662</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>