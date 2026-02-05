--- v0 (2025-11-01)
+++ v1 (2026-02-05)
@@ -6,166 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="38">
-[...114 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -180,181 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10334348</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>COMMUNITY MATH STORIES: INFORMAL ADULT EDUCATORS EXPLORING MATHEMATICS IDENTITY THROUGH DIGITAL MATHEMATICS STORYTELLING</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Chao, Theodore; Adams-Corral, Melissa; Ozturk, Ayse; Lin, Ho-Chieh; Li, Yuhang</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>Olanoff, Dana; Johnson, Kim; Spitzer, Sandy M.</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2021-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the forty-third annual meeting of the North American Chapter of the International Group for the Psychology of Mathematics Education</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>During the COVID-19 pandemic, many urban schools relied on community centers with existing computer labs and high-speed internet that could provide in-person support for a small number of children engaging in online learning. Using a digital storytelling approach, this research report analyzes the mathematics identities of 14 informal adult educators. Situating the stories shared though Critical Race Theory counternarratives, this study enables participants to ground their narratives within their own spaces of power–to tell and forge their own digital mathematics story. Because informal adult educators are not family members nor school-based educators, they often are invisible variables in conceptualizing a child’s mathematics learning. This research seeks to elicit their mathematics stories and understand how to enactment digital mathematics storytelling through listening to how the community positions and visions math.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1943208</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>