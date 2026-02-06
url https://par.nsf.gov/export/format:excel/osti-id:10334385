--- v0 (2025-10-31)
+++ v1 (2026-02-06)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10334385</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.18653/v1/2022.findings-acl.150</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Dict-BERT: Enhancing Language Model Pre-training with Dictionary</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Yu, Wenhao; Zhu, Chenguang; Fang, Yuwei; Yu, Donghan; Wang, Shuohang; Xu, Yichong; Zeng, Michael; Jiang, Meng</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Findings of the Association for Computational Linguistics: ACL 2022</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1907 to 1918</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Pre-trained language models (PLMs) aim to learn universal language representations by conducting self-supervised training tasks on large-scale corpora. Since PLMs capture word semantics in different contexts, the quality of word representations highly depends on word frequency, which usually follows a heavy-tailed distributions in the pre-training corpus. Therefore, the embeddings of rare words on the tail are usually poorly optimized. In this work, we focus on enhancing language model pre-training by leveraging definitions of the rare words in dictionaries (e.g., Wiktionary). To incorporate a rare word definition as a part of input, we fetch its definition from the dictionary and append it to the end of the input text sequence. In addition to training with the masked language modeling objective, we propose two novel self-supervised pre-training tasks on word and sentence-level alignment between input text sequence and rare word definitions to enhance language modeling representation with dictionary. We evaluate the proposed Dict-BERT model on the language understanding benchmark GLUE and eight specialized domain benchmark datasets. Extensive experiments demonstrate that Dict-BERT can significantly improve the understanding of rare words and boost model performance on various NLP downstream tasks.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1849816; 1901059; 2119531; 2142827</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>