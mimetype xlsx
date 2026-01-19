--- v0 (2026-01-19)
+++ v1 (2026-01-19)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="40">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,96 +86,90 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10489110</t>
-[...8 lines deleted...]
-    <t>Cheng, Chao-Yin; Romero, Daniel P.; Zoltner, Martin; Yao, Meng-Chao; Turkewitz, Aaron P.</t>
+    <t>10334510</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1109/JSEN.2011.2149514</t>
+  </si>
+  <si>
+    <t>Folded Floating-Gate CMOS Biosensor for the Detection of Charged Biochemical Molecules</t>
+  </si>
+  <si>
+    <t>Chen, Baozhen; Parashar, Archana; Pandey, Santosh</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2023-11-15T05:00:00Z</t>
-[...14 lines deleted...]
-    <t>&lt;title&gt;ABSTRACT&lt;/title&gt; &lt;p&gt;The contractile vacuole complex (CVC) is a dynamic and morphologically complex membrane organelle, comprising a large vesicle (bladder) linked with a tubular reticulum (spongiome). CVCs provide key osmoregulatory roles across diverse eukaryotic lineages, but probing the mechanisms underlying their structure and function is hampered by the limited tools available for in vivo analysis. In the experimentally tractable ciliate Tetrahymena thermophila, we describe four proteins that, as endogenously tagged constructs, localize specifically to distinct CVC zones. The DOPEY homolog Dop1p and the CORVET subunit Vps8Dp localize both to the bladder and spongiome but with different local distributions that are sensitive to osmotic perturbation, whereas the lipid scramblase Scr7p colocalizes with Vps8Dp. The H+-ATPase subunit Vma4 is spongiome specific. The live imaging permitted by these probes revealed dynamics at multiple scales including rapid exchange of CVC-localized and soluble protein pools versus lateral diffusion in the spongiome, spongiome extension and branching, and CVC formation during mitosis. Although the association with DOP1 and VPS8D implicate the CVC in endosomal trafficking, both the bladder and spongiome might be isolated from bulk endocytic input.&lt;/p&gt;</t>
+    <t>2011-11-01T04:00:00Z</t>
+  </si>
+  <si>
+    <t>IEEE Sensors Journal</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>2906 to 2910</t>
+  </si>
+  <si>
+    <t>1530-437X</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1937326</t>
-[...2 lines deleted...]
-    <t>2023</t>
+    <t>1000808</t>
+  </si>
+  <si>
+    <t>2011</t>
   </si>
   <si>
     <t>Journal Article</t>
-  </si>
-[...1 lines deleted...]
-    <t>The Company of Biologists</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -300,81 +294,79 @@
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
       <c r="I2" t="s" s="0">
         <v>33</v>
       </c>
       <c r="J2" t="s" s="0">
+        <v>33</v>
+      </c>
+      <c r="K2" t="s" s="0">
         <v>34</v>
       </c>
-      <c r="K2" s="0"/>
       <c r="L2" t="s" s="0">
         <v>35</v>
       </c>
       <c r="M2" s="0"/>
-      <c r="N2" t="s" s="0">
+      <c r="N2" s="0"/>
+      <c r="O2" t="s" s="0">
         <v>36</v>
       </c>
-      <c r="O2" t="s" s="0">
+      <c r="P2" t="s" s="0">
         <v>37</v>
       </c>
-      <c r="P2" t="s" s="0">
+      <c r="Q2" t="s" s="0">
+        <v>30</v>
+      </c>
+      <c r="R2" t="s" s="0">
         <v>38</v>
-      </c>
-[...4 lines deleted...]
-        <v>39</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>40</v>
-[...3 lines deleted...]
-      </c>
+        <v>39</v>
+      </c>
+      <c r="W2" s="0"/>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>