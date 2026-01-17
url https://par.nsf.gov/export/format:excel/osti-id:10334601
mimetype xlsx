--- v0 (2025-11-02)
+++ v1 (2026-01-17)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="38">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,84 +86,96 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10334601</t>
-[...8 lines deleted...]
-    <t>Addanki, Raghavendra; McGregor, Andrew; Meliou, Alexandra; Moumoulidou, Zafeiria</t>
+    <t>10445615</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1088/1741-4326/ac8a03</t>
+  </si>
+  <si>
+    <t>Exploring data-driven models for spatiotemporally local classification of Alfvén eigenmodes</t>
+  </si>
+  <si>
+    <t>Kaptanoglu, Alan A.; Jalalvand, Azarakhsh; Garcia, Alvin V.; Austin, Max E.; Verdoolaege, Geert; Schneider, Jeff; Hansen, Christopher J.; Brunton, Steven L.; Heidbrink, William W.; Kolemen, Egemen</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2022-03-29T04:00:00Z</t>
-[...5 lines deleted...]
-    <t>1868-8969</t>
+    <t>2022-08-31T04:00:00Z</t>
+  </si>
+  <si>
+    <t>Nuclear Fusion</t>
+  </si>
+  <si>
+    <t>62</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>106014</t>
+  </si>
+  <si>
+    <t>0029-5515</t>
+  </si>
+  <si>
+    <t>Abstract            Alfvén eigenmodes (AEs) are an important and complex class of plasma dynamics commonly observed in tokamaks and other plasma devices. In this work, we manually labeled a small database of 26 discharges from the DIII-D tokamak in order to train simple neural-network-based models for classifying AEs. The models provide spatiotemporally local identification of four types of AEs by using an array of 40 electron cyclotron emission (ECE) signals as inputs. Despite the minimal dataset, this strategy performs well at spatiotemporally localized classification of AEs, indicating future opportunities for more sophisticated models and incorporation into real-time control strategies. The trained model is then used to generate spatiotemporally-resolved labels for each of the 40 ECE measurements on a much larger database of 1112 DIII-D discharges. This large set of precision labels can be used in future studies for advanced deep predictors and new physical insights.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1763423; 1943971</t>
+    <t>2329765</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
-    <t>Conference Paper</t>
+    <t>Journal Article</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -284,77 +296,85 @@
     <row r="2">
       <c r="A2" t="s" s="0">
         <v>26</v>
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
-      <c r="I2" s="0"/>
-[...1 lines deleted...]
-      <c r="K2" s="0"/>
+      <c r="I2" t="s" s="0">
+        <v>33</v>
+      </c>
+      <c r="J2" t="s" s="0">
+        <v>34</v>
+      </c>
+      <c r="K2" t="s" s="0">
+        <v>35</v>
+      </c>
       <c r="L2" t="s" s="0">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="M2" s="0"/>
-      <c r="N2" s="0"/>
+      <c r="N2" t="s" s="0">
+        <v>37</v>
+      </c>
       <c r="O2" t="s" s="0">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="P2" t="s" s="0">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="W2" s="0"/>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>