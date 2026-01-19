--- v0 (2025-11-01)
+++ v1 (2026-01-19)
@@ -125,51 +125,51 @@
   <si>
     <t>2022-02-01T05:00:00Z</t>
   </si>
   <si>
     <t>Sustainability</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>1331</t>
   </si>
   <si>
     <t>2071-1050</t>
   </si>
   <si>
     <t>This perspective presents a statement of the 10th International Congress of Arctic Social Sciences Indigenous Knowledge and knowledge co-production panel and discussion group, 20 July 2021. The statement is designed to serve as a characterization of the state-of-the-art and guidance for further advancement of Indigenous Knowledge and knowledge co-production in the Arctic. It identifies existing challenges and provides specific recommendations for researchers, Indigenous communities, and funding agencies on meaningful recognition and engagement of Indigenous Knowledge systems.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2001989</t>
+    <t>2001989; 2022190</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>