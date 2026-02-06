--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10334810</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1109/ITC50571.2021.00019</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Semi-supervised Wafer Map Pattern Recognition using Domain-Specific Data Augmentation and Contrastive Learning</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Hu, Hanbin; He, Chen; Li, Peng</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2021-10-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>IEEE International Test Conference (ITC)</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>113 to 122</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Wafer map pattern recognition is instrumental for detecting systemic manufacturing process issues. However, high cost in labeling wafer patterns renders it impossible to leverage large amounts of valuable unlabeled data in conventional machine learning based wafer map pattern prediction. We proposed a contrastive learning framework for  semi-supervised learning and prediction of wafer map patterns.  Our framework  incorporates an encoder to learn good representation for wafer maps in an unsupervised manner, and a supervised head to recognize wafer map patterns. In particular, contrastive learning is applied for the unsupervised encoder representation learning supported by augmented data generated by different transformations (views) of wafer maps. We identified a set of transformations to effectively generate similar variants of  each original pattern. We further proposed  a novel rotation-twist transformation to augment wafer map data by rotating each given wafer map for which the angle of rotation is a smooth function of the radius.  Experimental results demonstrate that the proposed semi-supervised learning framework greatly improves recognition accuracy compared to  traditional supervised methods, and the rotation-twist transformation further enhances the recognition accuracy in both semi-supervised and supervised tasks.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1956313</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>