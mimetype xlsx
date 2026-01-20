--- v0 (2025-11-01)
+++ v1 (2026-01-20)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="37">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,81 +86,90 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10111611</t>
+    <t>10335769</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1103/PhysRevD.105.042006</t>
+  </si>
+  <si>
+    <t>Searching for low-mass dark matter via the Migdal effect in COSINE-100</t>
+  </si>
+  <si>
+    <t>Adhikari, G.; Carlin, N.; Choi, J. J.; Choi, S.; Ezeribe, A. C.; França, L. E.; Ha, C.; Hahn, I. S.; Hollick, S. J.; Jeon, E. J.; Jo, J. H.; Joo, H. W.; Kang, W. G.; Kauer, M.; Kim, H.; Kim, H. J.; Kim, J.; Kim, K. W.; Kim, S. H.; Kim, S. K.; Kim, W. K.; Kim, Y. D.; Kim, Y. H.; Ko, Y. J.; Kwon, H. J.; Lee, D. H.; Lee, E. K.; Lee, H.; Lee, H. S.; Lee, H. Y.; Lee, I. S.; Lee, J.; Lee, J. Y.; Lee, M. H.; Lee, S. H.; Lee, S. M.; Leonard, D. S.; Manzato, B. B.; Maruyama, R. H.; Neal, R. J.; Olsen, S. L.; Park, B. J.; Park, H. K.; Park, H. S.; Park, K. S.; Park, S. D.; Pitta, R. L. C.; Prihtiadi, H.; Ra, S. J.; Rott, C.; Shin, K. A.; Scarff, A.; Spooner, N. J. C.; Thompson, W. G.; Yang, L.; Yu, G. H.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>Formalizing Visualization Design Knowledge as Constraints: Actionable and Extensible Models in Draco</t>
-[...11 lines deleted...]
-    <t>There exists a gap between visualization design guidelines and their application in visualization tools. While empirical studies can provide design guidance, we lack a formal framework for representing design knowledge, integrating results across studies, and applying this knowledge in automated design tools that promote effective encodings and facilitate visual exploration. We propose modeling visualization design knowledge as a collection of constraints, in conjunction with a method to learn weights for soft constraints from experimental data. Using constraints, we can take theoretical design knowledge and express it in a concrete, extensible, and testable form: the resulting models can recommend visualization designs and can easily be augmented with additional constraints or updated weights. We implement our approach in Draco, a constraint-based system based on Answer Set Programming (ASP). We demonstrate how to construct increasingly sophisticated automated visualization design systems, including systems based on weights learned directly from the results of graphical perception experiments.</t>
+    <t>2022-02-01T05:00:00Z</t>
+  </si>
+  <si>
+    <t>Physical Review D</t>
+  </si>
+  <si>
+    <t>105</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>2470-0010</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1740996</t>
-[...5 lines deleted...]
-    <t>Conference Paper</t>
+    <t>1913742</t>
+  </si>
+  <si>
+    <t>2022</t>
+  </si>
+  <si>
+    <t>Journal Article</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -270,88 +279,92 @@
       </c>
       <c r="X1" t="s" s="1">
         <v>23</v>
       </c>
       <c r="Y1" t="s" s="1">
         <v>24</v>
       </c>
       <c r="Z1" t="s" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s" s="0">
         <v>26</v>
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
-        <v>31</v>
-[...2 lines deleted...]
-      <c r="J2" s="0"/>
+        <v>32</v>
+      </c>
+      <c r="I2" t="s" s="0">
+        <v>33</v>
+      </c>
+      <c r="J2" t="s" s="0">
+        <v>34</v>
+      </c>
       <c r="K2" s="0"/>
-      <c r="L2" s="0"/>
+      <c r="L2" t="s" s="0">
+        <v>35</v>
+      </c>
       <c r="M2" s="0"/>
-      <c r="N2" t="s" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="N2" s="0"/>
       <c r="O2" t="s" s="0">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="P2" t="s" s="0">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="Q2" t="s" s="0">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="S2" t="s" s="0">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="W2" s="0"/>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>