--- v0 (2025-11-01)
+++ v1 (2026-02-05)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="40">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10336557</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Asante, C.K., A. Semerjian, P. Xu, D. Jackson, Y. Cheng, A. Chasen, A. Shah, J. Brett, and M. Broadstone</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Christian Konadu Asante, Amy Semerjian</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2021-04-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Connected science learning</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2475-8779</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Historically, K–12 science education and curriculum development has been organized and enacted in silos by subject areas (biology, chemistry, physics, Earth and space science) with very little focus on the connectivity and relationships between them. In recent decades, however, major educational stakeholders such as the National Science Teaching Association (NSTA) have called for an integrated and interdisciplinary K–12 science education (NSTA 2020). In addition, the Next Generation Science Standards (NGSS; NGSS Lead States 2013) include crosscutting concepts that link subjects, ideas, and practices. These calls for an interdisciplinary science, technology, engineering, and mathematics (STEM) education include broadening the canvas and focus to encompass computing and the computational sciences. Computing and computational thinking have received considerable attention because they are instrumental in solving the problems of the 21st century (Wing 2006), both known and unknown. Computing-based algorithms will be the drivers of healthcare, national security, and financial markets (Luckin 2018). As the student Gabriella noted in the opening quote, coding (and computational thinking) has potential uses in subjects not yet imagined—subjects both in the traditional school sense of the word, as well as personal and civic uses.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1759152</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>