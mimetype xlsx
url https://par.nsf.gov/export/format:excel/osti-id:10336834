--- v0 (2026-01-16)
+++ v1 (2026-02-07)
@@ -6,166 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="38">
-[...114 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -180,181 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10336834</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1109/ISI53945.2021.9624846</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Exploring the Evolution of Exploit-Sharing Hackers: An Unsupervised Graph Embedding Approach</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Otto, K; Ampel, A; Zhu, H; Samtani, S; and Chen, H.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2021-11-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>2021 IEEE Intelligence and Security Informatics (ISI)</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Cybercrime was estimated to cost the global economy $945 billion in 2020. Increasingly, law enforcement agencies are using social network analysis (SNA) to identify key hackers from Dark Web hacker forums for targeted investigations. However, past approaches have primarily focused on analyzing key hackers at a single point in time and use a hacker’s structural features only. In this study, we propose a novel Hacker Evolution Identification Framework to identify how hackers evolve within hacker forums. The proposed framework has two novelties in its design. First, the framework captures features such as user statistics, node-level metrics, lexical measures, and post style, when representing each hacker with unsupervised graph embedding methods. Second, the framework incorporates mechanisms to align embedding spaces across multiple time-spells of data to facilitate analysis of how hackers evolve over time. Two experiments were conducted to assess the performance of prevailing graph embedding algorithms and nodal feature variations in the task of graph reconstruction in five timespells. Results of our experiments indicate that Text- Associated Deep-Walk (TADW) with all of the proposed nodal features outperforms methods without nodal features in terms of Mean Average Precision in each time-spell. We illustrate the potential practical utility of the proposed framework with a case study on an English forum with 51,612 posts. The results produced by the framework in this case study identified key hackers posting piracy assets.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1917117; 1921485</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>