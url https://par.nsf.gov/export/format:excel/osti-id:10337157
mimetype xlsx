--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10337157</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3847/1538-3881/ac2ccd</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Orbital Parameters and Binary Properties of 37 FGK Stars in the Cores of Open Clusters NGC 2516 and NGC 2422</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Lipartito, Isabel; Bailey III, John I.; Brandt, Timothy D.; Mazin, Benjamin A.; Mateo, Mario; Spencer, Meghin E.; Roederer, Ian U.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2021-12-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>The Astronomical Journal</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>162</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>285</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0004-6256</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Abstract                          We present orbits for 24 binaries in the field of open cluster NGC 2516 (∼150 Myr) and 13 binaries in the field of open cluster NGC 2422 (∼130 Myr) using results from a multiyear radial-velocity (RV) survey of the cluster cores. Six of these systems are double-lined spectroscopic binaries. We fit these RV variable systems with              orvara              , a MCMC-based fitting program that models Keplerian orbits. We use precise stellar parallaxes and proper motions from Gaia EDR3 to determine cluster membership. We impose a barycentric RV prior on all cluster members; this significantly improves our orbital constraints. Two of our systems have periods between five and 15 days, the critical window in which tides efficiently damp orbital eccentricity. These binaries should be included in future analyses of circularization across similarly-aged clusters. We also find a relatively flat distribution of binary mass ratios, consistent with previous work. With the inclusion of TESS light curves for all available targets, we identity target 378–036252 as a new eclipsing binary. We also identify a field star whose secondary has a mass in the brown dwarf range, as well as two cluster members whose RVs suggest the presence of an additional companion. Our orbital fits will help constrain the binary fraction and binary properties across stellar age and across stellar environment.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1815403</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>