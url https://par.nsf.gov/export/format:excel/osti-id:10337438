--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,163 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="37">
-[...111 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -177,181 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10337438</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>An REU/RET Project: IoT Platform and Network Data Visualization</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Toutsop, O.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2021-11-12T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>2021 Fall ASEE Middle Atlantic Section Meeting</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Internet of Things (IoT) is a connected network of devices that exchange data using different protocols. The application of IoT ranges from intelligent TVs and intelligent Refrigerators to smart Transportation. This research aims to provide students with hands-on training on how to develop an IoT platform that supports device management, connectivity, and data management. People tend to build interconnected devices without having a basic understanding of how the IoT platform backend function. Studying the Arm Pelion will help to understand how IoT devices operate under the hood. This past summer, Morgan State University has hosted undergraduate engineering students and high school STEM teachers to conduct IoT security research in the Cybersecurity Assurance &amp;amp; Policy (CAP) Center. The research project involved integrating various hardware sensor devices and real-time data monitoring using the Arm Pelion IoT development platform. Some of the student/teacher outcomes from the project include: 1) Learning about IoT Technology and security; 2) Programming an embedded system using Arm Mbed development board and IDE; 3 3) Developing a network of connected IoT devices using different protocols such as LWM2M, MQTT, CoAP; 4) Investigating the cybersecurity risks associated with the platform; and 5) Using data analysis and visualization to understand the network data and packet flow. First, the student/teacher must consider the IoT framework to understand how to address the security. The IoT framework describes the essential functions of an IoT network, breaking it down into separate layers. These layers include an application layer, middleware layer, and connectivity layer. The application layer allows the users to access the platform via a smartphone or any other dashboard. The Middleware layer represents the backend system that provides edge devices with data management, messaging, application services, and authentication. Finally, the connectivity layer includes devices that connect the user to the network, including Bluetooth or WiFi. The platform consists of several commercial IoT devices such as a smart camera, baby monitor, smart light, and other devices. We then create algorithms to classify the network data flow; to visualize the packets flow in the network and the structure of the packets data frame over time.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1955231</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>