--- v0 (2025-11-03)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10337509</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1257/aer.20210496</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Counterfactuals with Latent Information</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Bergemann, Dirk; Brooks, Benjamin; Morris, Stephen</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>American Economic Review</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>112</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>343 to 368</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0002-8282</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>We describe a methodology for making counterfactual predictions in settings where the information held by strategic agents and the distribution of payoff-relevant states of the world are unknown. The analyst observes behavior assumed to be rationalized by a Bayesian model, in which agents maximize expected utility, given partial and differential information about the state. A counterfactual prediction is desired about behavior in another strategic setting, under the hypothesis that the distribution of the state and agents’ information about the state are held fixed. When the data and the desired counterfactual prediction pertain to environments with finitely many states, players, and actions, the counterfactual prediction is described by finitely many linear inequalities, even though the latent parameter, the information structure, is infinite dimensional. (JEL D44, D82, D83)</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2049754</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>