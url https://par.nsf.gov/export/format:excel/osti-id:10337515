--- v0 (2026-01-19)
+++ v1 (2026-01-19)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="39">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,84 +86,90 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10627356</t>
-[...8 lines deleted...]
-    <t>Lee, Yoon; Mintz, Yonatan; Aswani, Anil; Shen, Zuo-Jun Max; Yang, Cong</t>
+    <t>10337515</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1016/j.measurement.2022.110907</t>
+  </si>
+  <si>
+    <t>Fluorescence strobo-stereoscopy for specular reflection-suppressed full field of view imaging</t>
+  </si>
+  <si>
+    <t>Guo, Xiangyu; Lee, ChaBum</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2025-06-09T04:00:00Z</t>
-[...8 lines deleted...]
-    <t>&lt;p&gt;Problem definition: Inventory management problems with periodic and controllable resets occur in the context of managing water storage in the developing world and dynamically optimizing endcap promotion duration in retail outlets. In this paper, we consider a set of sequential decision problems in which the decision maker must not only balance holding and shortage costs but discard all inventory before a fixed number of decision epochs with the option for an early inventory reset. Methodology/results: Finding optimal policies for these problems through dynamic programming presents unique challenges because of the nonconvex nature of the resulting value functions. Moreover, this structure cannot be readily analyzed even with extended convexity definitions, such as K-convexity. Managerial implications: Our key contribution is to present sufficient conditions that ensure the optimal policy has an easily interpretable structure, which generalizes the well-known [Formula: see text] policy from the operations management literature. Furthermore, we demonstrate that, under these rather mild conditions, the optimal policy exhibits a four-threshold structure. We then conclude with computational experiments, thereby illustrating the policy structures that can be extracted in various inventory management scenarios.&lt;/p&gt; &lt;p&gt;Funding: This work was supported by the National Science Foundation [Grant CMMI-1847666] and the Division of Graduate Education [Grant DGE-2125913].&lt;/p&gt; &lt;p&gt;Supplemental Material: The online appendix is available at https://doi.org/10.1287/msom.2022.0318 .&lt;/p&gt;</t>
+    <t>2022-03-01T05:00:00Z</t>
+  </si>
+  <si>
+    <t>Measurement</t>
+  </si>
+  <si>
+    <t>192</t>
+  </si>
+  <si>
+    <t>C</t>
+  </si>
+  <si>
+    <t>110907</t>
+  </si>
+  <si>
+    <t>0263-2241</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2125913; 1847666</t>
-[...2 lines deleted...]
-    <t>2025</t>
+    <t>1902697</t>
+  </si>
+  <si>
+    <t>2022</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
@@ -287,81 +293,83 @@
     <row r="2">
       <c r="A2" t="s" s="0">
         <v>26</v>
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
-      <c r="I2" s="0"/>
-[...1 lines deleted...]
-      <c r="K2" s="0"/>
+      <c r="I2" t="s" s="0">
+        <v>33</v>
+      </c>
+      <c r="J2" t="s" s="0">
+        <v>34</v>
+      </c>
+      <c r="K2" t="s" s="0">
+        <v>35</v>
+      </c>
       <c r="L2" t="s" s="0">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="M2" s="0"/>
-      <c r="N2" t="s" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="N2" s="0"/>
       <c r="O2" t="s" s="0">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="P2" t="s" s="0">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>38</v>
-[...3 lines deleted...]
-      </c>
+        <v>40</v>
+      </c>
+      <c r="W2" s="0"/>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>