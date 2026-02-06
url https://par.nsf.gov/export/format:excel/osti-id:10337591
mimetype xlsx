--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,166 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="38">
-[...114 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -180,181 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10337591</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.24963/ijcai.2022/559</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Post-processing of Differentially Private Data: A Fairness Perspective</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Zhu, Keyu; Fioretto, Ferdinando; Van Hentenryck, Pascal</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>International Joint Conference on Artificial Intelligence (IJCAI)</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Post-processing immunity is a fundamental property of differential privacy: it enables arbitrary data-independent transformations to differentially private outputs without affecting their privacy guarantees. Post-processing is routinely applied in data-release applications, including census data, which are then used to make allocations with substantial societal impacts. This paper shows that post-processing causes disparate impacts on individuals or groups and analyzes two critical settings: the release of differentially private datasets and the use of such private datasets for downstream decisions, such as the allocation of funds informed by US Census data. In the first setting, the paper proposes tight bounds on the unfairness of traditional post-processing mechanisms, giving a unique tool to decision-makers to quantify the disparate impacts introduced by their release. In the second setting, this paper proposes a novel post-processing mechanism that is (approximately) optimal under different fairness metrics, either reducing fairness issues substantially or reducing the cost of privacy. The theoretical analysis is complemented with numerical simulations on Census data.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2133169</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>