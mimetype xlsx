--- v0 (2025-11-03)
+++ v1 (2026-02-06)
@@ -6,173 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
-[...121 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -187,185 +65,306 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...60 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10337612</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1007/978-3-030-91631-2_22</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Prototyping Formal Methods Tools: A Protocol Analysis Case Study</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Siegel, Abigail; Santomauro, Mia; Dyer, Tristan; Nelson, Tim; Krishnamurthi, Shriram</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2021-11-19T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Lecture notes in computer science</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>13066</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0302-9743</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Modern-day formal methods tools are more than just a core solver: they also need convenient languages, useful editors, usable visualizations, and often also scriptability. These are required to attract a community of users, to put ideas to work in practice, and to conduct evaluations of the formalisms and core technical ideas. Off-the-shelf solvers address one of these issues but not the others. How can full prototype environments be obtained quickly?
+We have built Forge, a system for prototyping such environments. In this paper, we present a case-study to assess the utility of Forge. Concretely, we use Forge to build a basic protocol analyzer, inspired by the Cryptographic Protocol Shape Analyzer (CPSA). We show that we can obtain editing, basic visualization, and scriptability at no extra cost beyond embedding in Forge, and a modern, domain-specific visualization for relatively little extra effort.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1714431</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>