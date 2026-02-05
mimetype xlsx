--- v0 (2026-01-16)
+++ v1 (2026-02-05)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10338558</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3847/2041-8213/ac51d8</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>CWISE J014611.20–050850.0AB: The Widest Known Brown Dwarf Binary in the Field</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Softich, Emma; Schneider, Adam C.; Patience, Jennifer; Burgasser, Adam J.; Shkolnik, Evgenya; Faherty, Jacqueline K.; Caselden, Dan; Meisner, Aaron M.; Kirkpatrick, J. Davy; Kuchner, Marc J.; Gagné, Jonathan; Gagliuffi, Daniella Bardalez; Cushing, Michael C.; Casewell, Sarah L.; Aganze, Christian; Hsu, Chih-Chun; Andersen, Nikolaj Stevnbak; Kiwy, Frank; Thévenot, Melina</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-02-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>The Astrophysical Journal Letters</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>926</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>L12</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2041-8205</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Abstract            While stars are often found in binary systems, brown dwarf binaries are much rarer. Brown dwarf–brown dwarf pairs are typically difficult to resolve because they often have very small separations. Using brown dwarfs discovered with data from the Wide-field Infrared Survey Explorer (WISE) via the Backyard Worlds: Planet 9 citizen science project, we inspected other, higher-resolution, sky surveys for overlooked cold companions. During this process, we discovered the brown dwarf binary system CWISE J0146−0508AB, which we find has a very small chance alignment probability based on the similar proper motions of the components of the system. Using follow-up near-infrared spectroscopy with Keck/NIRES, we determined component spectral types of L4 and L8 (blue), making CWISE J0146−0508AB one of only a few benchmark systems with a blue L dwarf. At an estimated distance of ∼40 pc, CWISE J0146−0508AB has a projected separation of ∼129 au, making it the widest-separation brown dwarf pair found to date. We find that such a wide separation for a brown dwarf binary may imply formation in a low-density star-forming region.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2009136; 2009177</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>