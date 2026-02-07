--- v0 (2025-11-03)
+++ v1 (2026-02-07)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10338564</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1111/1758-2229.13059</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Linking lifestyle and foraging strategies of marine bacteria: selfish behaviour of particle‐attached bacteria in the northern Adriatic Sea</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Manna, Vincenzo; Zoccarato, Luca; Banchi, Elisa; Arnosti, Carol; Grossart, Hans‐Peter; Celussi, Mauro</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-04-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Environmental Microbiology Reports</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1758-2229</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Microbe-mediated enzymatic hydrolysis of organic matter entails the production of hydrolysate, the recovery of which may be more or less efficient. The selfish uptake mechanism, recently discovered, allows microbes to hydrolyze polysaccharides and take up large oligomers, which are then degraded in the periplasmic space. By minimizing the hydrolysate loss, selfish behaviour may be profitable for free-living cells dwelling in a patchy substrate landscape. However, selfish uptake seems to be tailored to algal-derived polysaccharides, abundant in organic particles, suggesting that particle-attached microbes may use this strategy. We tracked selfish polysaccharides uptake in surface microbial communities of the northeastern Mediterranean Sea, linking the occurrence of this processing mode with microbial lifestyle. Additionally, we set up fluorescently labelled polysaccharides incubations supplying phytodetritus to investigate a ‘pioneer’ scenario for particle-attached microbes. Under both conditions, selfish behaviour was almost exclusively carried out by particle-attached microbes, suggesting that this mechanism may represent an advantage in the race for particle exploitation. Our findings shed light on the selfish potential of particle-attached microbes, suggesting multifaceted foraging strategies exerted by particle colonizers.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2022952; 1736772</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>