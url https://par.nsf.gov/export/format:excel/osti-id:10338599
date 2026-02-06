--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10338599</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1088/1742-5468/ac3a75</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Matrix inference and estimation in multi-layer models*</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Pandit, Parthe; Sahraee-Ardakan, Mojtaba; Rangan, Sundeep; Schniter, Philip; Fletcher, Alyson K</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2021-12-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Journal of Statistical Mechanics: Theory and Experiment</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>124004</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1742-5468</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Abstract                          We consider the problem of estimating the input and hidden variables of a stochastic multi-layer neural network (NN) from an observation of the output. The hidden variables in each layer are represented as matrices with statistical interactions along both rows as well as columns. This problem applies to matrix imputation, signal recovery via deep generative prior models, multi-task and mixed regression, and learning certain classes of two-layer NNs. We extend a recently-developed algorithm—multi-layer vector approximate message passing, for this matrix-valued inference problem. It is shown that the performance of the proposed multi-layer matrix vector approximate message passing algorithm can be exactly predicted in a certain random large-system limit, where the dimensions              N              ×              d              of the unknown quantities grow as              N              → ∞ with              d              fixed. In the two-layer neural-network learning problem, this scaling corresponds to the case where the number of input features as well as training samples grow to infinity but the number of hidden nodes stays fixed. The analysis enables a precise prediction of the parameter and test error of the learning.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1955587</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>