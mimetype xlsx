--- v0 (2025-11-01)
+++ v1 (2026-02-07)
@@ -6,170 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...118 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -184,183 +65,306 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10339243</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1109/IRI51335.2021.00047</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Generalized Structure for Adaptable Immersive Learning Environments</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Coltey, Erik; Tao, Yudong; Wang, Tianyi; Vassigh, Shahin; Chen, Shu-Ching; Shyu, Mei-Ling</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2021-08-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>IEEE 22nd International Conference on Information Reuse and Integration for Data Science (IRI)</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>294 to 301</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Immersive Learning Environments (ILEs) developed in Virtual and Augmented Reality (VR/AR) are a novel pro- fessional training platform. An ILE can facilitate an Adaptive Learning System (ALS), which has proven beneficial to the learning process. However, there is no existing AI-ready ILE that facilitates collecting multimedia multimodal data from the environment and users for training AI models, nor allows for the learning contents and complex learning process to be dynamically adapted by an ALS. This paper proposes a novel multimedia system in VR/AR to dynamically build ILEs for a wide range of use-cases, based on a description language for the generalizable ILE structure. It will detail users’ paths and conditions for completing learning activities, and a content adaptation algorithm to update the ILE at runtime. Human and AI systems can customize the environment based on user learning metrics. Results show that this framework is efficient and low- overhead, suggesting a path to simplifying and democratizing the ILE development without introducing bloat.
+Index Terms—virtual reality, augmented reality, content generation, immersive learning, 3D environments</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2029557</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>