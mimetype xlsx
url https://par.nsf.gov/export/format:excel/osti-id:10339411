--- v0 (2026-01-16)
+++ v1 (2026-02-07)
@@ -6,174 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
-[...122 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -188,185 +65,307 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...60 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10339411</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1007/978-3-030-89051-3_12</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Adaptable Traces for Program Explanations</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Bajaj, Divya; Erwig, Martin; Fedorin, Danila; Gay, Kai</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2021-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Asian Symposium on Programming Languages and Systems</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>LNCS 13008</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>202-221</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Program traces are a sound basis for explaining the dynamic behavior of programs. Alas, program traces can grow big very quickly, even for small programs, which diminishes their value as explanations.
+In this paper we demonstrate how the systematic simplification of traces can yield succinct program explanations. Specifically, we introduce operations for transforming traces that facilitate the abstraction of details. The operations are the basis of a query language for the definition of trace filters that can adapt and simplify traces in a variety of ways.
+The generation of traces is governed by a variant of Call-By-Value semantics which specifically supports parsimony in trace representations. We show that our semantics is a conservative extension of Call-By-Value that can produce smaller traces and that the evaluation traces preserve the explanatory content of proof trees at a much smaller footprint.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2114642; 1717300; 1923628</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>