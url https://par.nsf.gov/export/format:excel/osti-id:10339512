--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,163 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="37">
-[...111 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -177,181 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10339512</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>FedNLP: Benchmarking Federated Learning Methods for Natural Language Processing Tasks</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Yuchen Lin, Bill; He, Chaoyang; Zeng, Zihang; Wang, Hulin; Huang, Yufen; Dupuy, Christophe; Gupta, Rahul; Soltanolkotabi, Mahdi; Ren, Xiang; Avestimehr, Salman</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Findings of NAACL</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Increasing concerns and regulations about data privacy and sparsity necessitate the study of privacy-preserving, decentralized learning methods for natural language processing (NLP) tasks. Federated learning (FL) provides promising approaches for a large number of clients (e.g., personal devices or organizations) to collaboratively learn a shared global model to benefit all clients while allowing users to keep their data locally. Despite interest in studying FL methods for NLP tasks, a systematic comparison and analysis is lacking in the literature. Herein, we present the FedNLP, a benchmarking framework for evaluating federated learning methods on four different task formulations: text classification, sequence tagging, question answering, and seq2seq. We propose a universal interface between Transformer-based language models (e.g., BERT, BART) and FL methods (e.g., FedAvg, FedOPT, etc.) under various non-IID partitioning strategies. Our extensive experiments with FedNLP provide empirical comparisons between FL methods and helps us better understand the inherent challenges of this direction. The comprehensive analysis points to intriguing and exciting future research aimed at developing FL methods for NLP tasks.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1813877; 1846369</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>