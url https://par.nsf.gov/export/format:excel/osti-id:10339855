--- v0 (2025-11-03)
+++ v1 (2026-01-17)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,87 +86,96 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10339855</t>
-[...8 lines deleted...]
-    <t>Saunders, Charles; Krska, William; Tachella, Julian; Seidel, Sheila W.; Rapp, Joshua; Murray-Bruce, John; Altmann, Yoann; McLaughlin, Stephen; Goyal, Vivek K</t>
+    <t>10611328</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1109/OJSP.2025.3578807</t>
+  </si>
+  <si>
+    <t>On Conditional Independence Graph Learning From Multi-Attribute Gaussian Dependent Time Series</t>
+  </si>
+  <si>
+    <t>Tugnait, Jitendra K</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2021-09-19T04:00:00Z</t>
-[...8 lines deleted...]
-    <t>Edge-resolved transient imaging (ERTI) is a method for non-line-of-sight imaging that combines the use of direct time of flight for measuring distances with the azimuthal angular resolution afforded by a vertical edge occluder. Recently conceived and demonstrated for the first time, no performance analyses or optimizations of ERTI have appeared in published papers. This paper explains how the difficulty of detection of hidden scene objects with ERTI depends on a variety of parameters, including illumination power, acquisition time, ambient light, visible-side reflectivity, hidden-side reflectivity, target range, and target azimuthal angular position. Based on this analysis, optimization of the acquisition process is introduced whereby the illumination dwell times are varied to counteract decreasing signal-to-noise ratio at deeper angles into the hidden volume. Inaccuracy caused by a coaxial approximation is also analyzed and simulated.</t>
+    <t>2025-01-01T05:00:00Z</t>
+  </si>
+  <si>
+    <t>IEEE Open Journal of Signal Processing</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>705 to 721</t>
+  </si>
+  <si>
+    <t>2644-1322</t>
+  </si>
+  <si>
+    <t>Estimation of the conditional independence graph (CIG) of high-dimensional multivariate Gaussian time series from multi-attribute data is considered. Existing methods for graph estimation for such data are based on single-attribute models where one associates a scalar time series with each node.In multi-attribute graphical models, each node represents a random vector or vector time series. In this paper we provide a unified theoretical analysis of multi-attribute graph learning for dependent time series using a penalized log-likelihood objective function formulated in the frequency domain using the discrete Fourier transform of the time-domain data. We consider both convex (sparse-group lasso) and non-convex(log-sum and SCAD group penalties) penalty/regularization functions. We establish sufficient conditions in a high-dimensional setting for consistency (convergence of the inverse power spectral density to true value in the Frobenius norm), local convexity when using non-convex penalties, and graph recovery. We do not impose any incoherence or irrepresentability condition for our convergence results. We also empirically investigate selection of the tuning parameters based on the Bayesian information criterion, and illustrate our approach using numerical examples utilizing both synthetic and real data.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1955219</t>
-[...5 lines deleted...]
-    <t>Conference Paper</t>
+    <t>2308473</t>
+  </si>
+  <si>
+    <t>2025</t>
+  </si>
+  <si>
+    <t>Journal Article</t>
+  </si>
+  <si>
+    <t>IEEE</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -287,79 +296,85 @@
     <row r="2">
       <c r="A2" t="s" s="0">
         <v>26</v>
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
-      <c r="I2" s="0"/>
+      <c r="I2" t="s" s="0">
+        <v>33</v>
+      </c>
       <c r="J2" s="0"/>
       <c r="K2" t="s" s="0">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="L2" s="0"/>
+        <v>34</v>
+      </c>
+      <c r="L2" t="s" s="0">
+        <v>35</v>
+      </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="O2" t="s" s="0">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="P2" t="s" s="0">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="W2" s="0"/>
+        <v>40</v>
+      </c>
+      <c r="W2" t="s" s="0">
+        <v>41</v>
+      </c>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>