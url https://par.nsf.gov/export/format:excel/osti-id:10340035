--- v0 (2025-11-01)
+++ v1 (2026-01-18)
@@ -86,96 +86,97 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10340035</t>
-[...8 lines deleted...]
-    <t>Overstreet, Chris; Asenbaum, Peter; Curti, Joseph; Kim, Minjeong; Kasevich, Mark A.</t>
+    <t>10506115</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1029/2024GL108866</t>
+  </si>
+  <si>
+    <t>Global Ocean Cooling of 2.3°C During the Last Glacial Maximum</t>
+  </si>
+  <si>
+    <t>Seltzer, A_M [Woods Hole Oceanographic Institution  Woods Hole MA USA] (ORCID:0000000328701215); Davidson, P_W [Woods Hole Oceanographic Institution  Woods Hole MA USA, Massachussetts Institute of Technology  Cambridge MA USA] (ORCID:0000000328533266); Shackleton, S_A [Woods Hole Oceanographic Institution  Woods Hole MA USA, Princeton University  Princeton NJ USA]; Nicholson, D_P [Woods Hole Oceanographic Institution  Woods Hole MA USA] (ORCID:0000000326539349); Khatiwala, S. [University of Oxford  Oxford UK] (ORCID:0000000190483234)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2022-01-14T05:00:00Z</t>
-[...17 lines deleted...]
-    <t>Gravity curves space and time. This can lead to proper time differences between freely falling, nonlocal trajectories. A spatial superposition of a massive particle is predicted to be sensitive to this effect. We measure the gravitational phase shift induced in a matter-wave interferometer by a kilogram-scale source mass close to one of the wave packets. Deflections of each interferometer arm due to the source mass are independently measured. The phase shift deviates from the deflection-induced phase contribution, as predicted by quantum mechanics. In addition, the observed scaling of the phase shift is consistent with Heisenberg’s error-disturbance relation. These results show that gravity creates Aharonov-Bohm phase shifts analogous to those produced by electromagnetic interactions.</t>
+    <t>2024-05-08T04:00:00Z</t>
+  </si>
+  <si>
+    <t>Geophysical Research Letters</t>
+  </si>
+  <si>
+    <t>51</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>0094-8276</t>
+  </si>
+  <si>
+    <t>&lt;title&gt;Abstract&lt;/title&gt;
+ &lt;p&gt;Quantitative constraints on past mean ocean temperature (MOT) critically inform our historical understanding of Earth's energy balance. A recently developed MOT proxy based on paleoatmospheric Xe, Kr, and N&lt;sub&gt;2&lt;/sub&gt;ratios in ice core air bubbles is a promising tool rooted in the temperature dependences of gas solubilities. However, these inert gases are systematically undersaturated in the modern ocean interior, and it remains unclear how air‐sea disequilibrium may have changed in the past. Here, we carry out 30 tracer‐enabled model simulations under varying circulation, sea ice cover, and wind stress regimes to evaluate air‐sea disequilibrium in the Last Glacial Maximum (LGM) ocean. We find that undersaturation of all three gases was likely reduced, primarily due to strengthened high‐latitude winds, biasing reconstructed MOT by −0.38 ± 0.37°C (1σ). Accounting for air‐sea disequilibrium, paleoatmospheric inert gases indicate that LGM MOT was 2.27 ± 0.46°C (1σ) colder than the pre‐industrial era.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2016244</t>
-[...2 lines deleted...]
-    <t>2022</t>
+    <t>2049359; 2048926</t>
+  </si>
+  <si>
+    <t>2024</t>
   </si>
   <si>
     <t>Journal Article</t>
+  </si>
+  <si>
+    <t>DOI PREFIX: 10.1029</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -302,79 +303,79 @@
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
       <c r="I2" t="s" s="0">
         <v>33</v>
       </c>
       <c r="J2" t="s" s="0">
         <v>34</v>
       </c>
-      <c r="K2" t="s" s="0">
+      <c r="K2" s="0"/>
+      <c r="L2" t="s" s="0">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
+        <v>36</v>
+      </c>
+      <c r="O2" t="s" s="0">
         <v>37</v>
       </c>
-      <c r="O2" t="s" s="0">
+      <c r="P2" t="s" s="0">
         <v>38</v>
       </c>
-      <c r="P2" t="s" s="0">
+      <c r="Q2" t="s" s="0">
+        <v>30</v>
+      </c>
+      <c r="R2" t="s" s="0">
         <v>39</v>
-      </c>
-[...4 lines deleted...]
-        <v>40</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
+        <v>40</v>
+      </c>
+      <c r="W2" t="s" s="0">
         <v>41</v>
       </c>
-      <c r="W2" s="0"/>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>