--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10340038</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.48550/arXiv.2106.12997</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Bayesian Optimization with High-Dimensional Outputs</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Maddox, W. J.; Balandat, M.; Wilson, A. G.; Bakshy, E</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2021-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Advances in neural information processing systems</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1049-5258</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Bayesian optimization is a sample-efficient black-box optimization procedure that is typically applied to a small number of independent objectives. However, in practice we often wish to optimize objectives defined over many correlated outcomes (or “tasks”). For example, scientists may want to optimize the coverage of a cell tower network across a dense grid of locations. Similarly, engineers may seek to balance the performance of a robot across dozens of different environments via constrained or robust optimization. However, the Gaussian Process (GP) models typically used as probabilistic surrogates for multi-task Bayesian optimization scale poorly with the number of outcomes, greatly limiting applicability. We devise an efficient technique for exact multi-task GP sampling that combines exploiting Kronecker structure in the covariance matrices with Matheron’s identity, allowing us to perform Bayesian optimization using exact multi-task GP models with tens of thousands of correlated outputs. In doing so, we achieve substantial improvements in sample efficiency compared to existing approaches that model solely the outcome metrics. We demonstrate how this unlocks a new class of applications for Bayesian optimization across a range of tasks in science and engineering, including optimizing interference patterns of an optical interferometer with 65,000 outputs.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1922658</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>