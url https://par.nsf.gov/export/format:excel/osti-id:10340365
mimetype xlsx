--- v0 (2025-10-31)
+++ v1 (2026-02-06)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10340365</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1007/978-3-030-92300-6_41</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Supporting Interactive Storytelling with Block-Based Narrative Programming</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Smith, A.; Boulden, D.; Mott, B.; Hubbard-Cheuoua, A.; Minogue, J.; Oliver, K.; Ringstaff, C.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2021-12-07T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the Fourteenth International Conference on Interactive Digital Storytelling</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>416-424</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Recent years have seen growing interest in utilizing digital storytelling, where students create short narratives around a topic, as a means of creating motivating problem-solving activities in K-12 education. At the same time, there is increasing awareness of the need to engage students as young as elementary school in complex topics such as physical science and computational thinking. Building on previous research investigating block-based programming activities for storytelling, we present an approach to block-based programming for interactive digital storytelling to engage upper elementary students (ages 9 to 10) in computational thinking and narrative skill development. We describe both the learning environment that combines block-based narrative programming with a rich, interactive visualization engine designed to produce animations of student generated stories, as well as an analysis of students using the system to create narratives. Student generated stories are evaluated from both a story quality perspective as well as from their ability to communicate and demonstrate computational thinking and physical science concepts and practices. We also explore student behaviors during the story creation process and discuss potential improvements for future interventions.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1921495; 1921503</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>