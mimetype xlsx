--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,185 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...60 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10340854</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Learning science while caring for pets: Findings from a virtual workshop for teens</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Parekh, P.; Polman, J.; Kane, S.; Shapiro, R.B.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>Chinn, C.; Tan, E.; Chan, C. &amp;</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-06-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the 16th International Conference of the Learning Sciences - ICLS 2022</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>321-328</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1573-4552</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Pets are beloved family members in many cultures. Companionship with pets motivates and positions humans as inquirers as they find out their pets' experiences with them. With the need to advance science education from dualist notions of the world and the learner as separate entities, our research team conducted a two-week online summer camp to engage teens and their pets in investigations around pets' senses. Following a qualitative analysis of participants' talk and projects at the workshop, we found that teens engaged in science learning practices while investigating aspects of their pets' lives and designing experiences for them. Additionally, participants adopted an ecological and relational approach to science learning that positioned themselves and their pets as subjects. We discuss implications for future work with pets, and for the design of other STEM learning environments that engage perspective-taking, empathy, and care.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1736051</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>