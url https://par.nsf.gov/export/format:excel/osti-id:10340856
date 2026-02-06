--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,185 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...60 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10340856</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Teens and pets as participatory design partners</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Parekh, P.; Kane, S. K.; Polman, J. L.; Shapiro, R. B.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>Weinberger, A.; Chen, W.; Hernández-Leo, D.; Chen, B.</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-06-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the 15th International Conference on Computer-Supported Collaborative Learning - CSCL 2022</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>386-389</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1573-4552</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Participatory Design (PD) aims to minimize the unintended consequences of designs and innovations by inviting users to engage in the process (Muller &amp; Druin, 2012). Designing with some users—for example, pets—is challenging because pets communicate in unique ways. But it holds promise because pets and humans are companions. Expecting teens' relationships with pets to motivate them to be co-designers, we organized a virtual summer workshop engaging teens in activities to understand their canine and feline pets better and design an experience to improve their pets’ lives. We analyzed video recordings of teens' engagement at the camp and their descriptions of their experience design projects using qualitative thematic analysis. We found that caring and loving relationships with pets are also contexts for engaging in a systematic design process.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1736051</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>