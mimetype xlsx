--- v0 (2026-01-16)
+++ v1 (2026-02-07)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="40">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10340887</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Row-clustering of a Point Process-valued Matrix</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Yin, Lihao; Xu, Ganggang; Sang, Huiyan; Guan, Yongtao</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2021-12-06T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Advances in neural information processing systems</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>34</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>20028--20039</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1049-5258</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Structured point process data harvested from various platforms poses new challenges to the machine learning community. To cluster repeatedly observed marked point processes, we propose a novel mixture model of multi-level marked point processes for identifying potential heterogeneity in the observed data. Specifically, we study a matrix whose entries are marked log-Gaussian Cox processes and cluster rows of such a matrix. An efficient semi-parametric Expectation-Solution (ES) algorithm combined with functional principal component analysis (FPCA) of point processes is proposed for model estimation. The effectiveness of the proposed framework is demonstrated through simulation studies and real data analyses.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1854655</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>